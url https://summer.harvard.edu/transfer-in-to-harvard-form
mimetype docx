--- v0 (2025-11-08)
+++ v1 (2026-01-28)
@@ -7,51 +7,51 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="1339AE8B" w14:textId="7ECEAF8E" w:rsidR="006C0AED" w:rsidRPr="00745B2A" w:rsidRDefault="00AE2B1D" w:rsidP="00AE2B1D">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="A41034"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00745B2A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="A41034"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="600EAE3B" wp14:editId="4E53C3FC">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>4046782</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>443</wp:posOffset>
@@ -125,51 +125,51 @@
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00D87C88">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="A41034"/>
         </w:rPr>
         <w:t>In To</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00D87C88">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="A41034"/>
         </w:rPr>
         <w:t xml:space="preserve"> Harvard Form</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72A22EAD" w14:textId="77777777" w:rsidR="006C0AED" w:rsidRDefault="006C0AED" w:rsidP="00584943">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="76F2F351" w14:textId="5AC6FDF4" w:rsidR="00AD10C9" w:rsidRPr="00E77DB0" w:rsidRDefault="00D87C88" w:rsidP="007A17A3">
+    <w:p w14:paraId="76F2F351" w14:textId="5B8F420E" w:rsidR="00AD10C9" w:rsidRPr="00E77DB0" w:rsidRDefault="00D87C88" w:rsidP="007A17A3">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="008337A1">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>NSTRUCTIONS</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -181,90 +181,90 @@
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Harvard Summer School must receive this complete form no later than </w:t>
       </w:r>
       <w:r w:rsidR="00FE7BE2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>April 30</w:t>
       </w:r>
       <w:r w:rsidRPr="00450C14">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>, 202</w:t>
       </w:r>
-      <w:r w:rsidR="00450C14" w:rsidRPr="00450C14">
+      <w:r w:rsidR="00B7685D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00450C14">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>, even if your SEVIS record release date is after that.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Harvard Summer School will forward this form to the Harvard International Office (HIO). Once you are issued an I-20 from Harvard, you must report to HIO for international student check-in and registration during </w:t>
+        <w:t xml:space="preserve"> Harvard Summer School will forward this form to the Harvard International Office (HIO). Once you are issued an I-20 from Harvard, you must report to HIO for international student check-in and registration during Opening Weekend when you arrive </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Opening</w:t>
+        <w:t>to</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Weekend when you arrive to campus to complete the transfer process.</w:t>
+        <w:t xml:space="preserve"> campus to complete the transfer process.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F58DFB9" w14:textId="4E6A884F" w:rsidR="00027614" w:rsidRDefault="00D87C88" w:rsidP="00027614">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="A41034"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="A41034"/>
         </w:rPr>
         <w:t>PART 1: To be completed by the transferring student.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22FFEAC1" w14:textId="77777777" w:rsidR="00FB04A6" w:rsidRPr="00FB04A6" w:rsidRDefault="00FB04A6" w:rsidP="00FB04A6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
@@ -993,51 +993,51 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="A41034"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="420CED9E" w14:textId="3004B57C" w:rsidR="00FB04A6" w:rsidRPr="00745B2A" w:rsidRDefault="00FB04A6" w:rsidP="00FB04A6">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="A41034"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00745B2A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="A41034"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0504A2B7" wp14:editId="3C9A757E">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0504A2B7" wp14:editId="109345AC">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>4046220</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2646311" cy="469320"/>
             <wp:effectExtent l="0" t="0" r="1905" b="6985"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="270887618" name="Picture 270887618">
               <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                   <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                 </a:ext>
               </a:extLst>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2065009195" name="Picture 1">
@@ -2039,51 +2039,51 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="A41034"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="501F24A1" w14:textId="748E3203" w:rsidR="00E92099" w:rsidRPr="00745B2A" w:rsidRDefault="00E92099" w:rsidP="00E92099">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="A41034"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00745B2A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="A41034"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="55CD22EE" wp14:editId="435F5DB3">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="55CD22EE" wp14:editId="21E6067A">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>4046220</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2646311" cy="469320"/>
             <wp:effectExtent l="0" t="0" r="1905" b="6985"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="1438807831" name="Picture 1438807831">
               <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                   <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                 </a:ext>
               </a:extLst>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2065009195" name="Picture 1">
@@ -3380,110 +3380,110 @@
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Please sign and date</w:t>
       </w:r>
       <w:r w:rsidRPr="00972B80">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> with a real signature.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00156FCA" w:rsidRPr="00156FCA" w:rsidSect="001A3EB2">
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3D02B70C" w14:textId="77777777" w:rsidR="00AC40FF" w:rsidRDefault="00AC40FF" w:rsidP="00FB04A6">
+    <w:p w14:paraId="4D2EB03E" w14:textId="77777777" w:rsidR="00897D0A" w:rsidRDefault="00897D0A" w:rsidP="00FB04A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0D0DF5CA" w14:textId="77777777" w:rsidR="00AC40FF" w:rsidRDefault="00AC40FF" w:rsidP="00FB04A6">
+    <w:p w14:paraId="1F29CD89" w14:textId="77777777" w:rsidR="00897D0A" w:rsidRDefault="00897D0A" w:rsidP="00FB04A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1901862448"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="5ED8AD16" w14:textId="0F7C9008" w:rsidR="00FB04A6" w:rsidRDefault="00FB04A6">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r w:rsidRPr="00FB04A6">
           <w:rPr>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
@@ -3508,76 +3508,76 @@
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="00FB04A6">
           <w:rPr>
             <w:noProof/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="48041E6A" w14:textId="77777777" w:rsidR="00FB04A6" w:rsidRDefault="00FB04A6">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2D44B3B3" w14:textId="77777777" w:rsidR="00AC40FF" w:rsidRDefault="00AC40FF" w:rsidP="00FB04A6">
+    <w:p w14:paraId="3217EB65" w14:textId="77777777" w:rsidR="00897D0A" w:rsidRDefault="00897D0A" w:rsidP="00FB04A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2CAA1826" w14:textId="77777777" w:rsidR="00AC40FF" w:rsidRDefault="00AC40FF" w:rsidP="00FB04A6">
+    <w:p w14:paraId="6CCF4F87" w14:textId="77777777" w:rsidR="00897D0A" w:rsidRDefault="00897D0A" w:rsidP="00FB04A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="403E5DA5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7068B86E"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -3627,54 +3627,54 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="64570196">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="N3ZU2syLmXlSDlpMRwP1eggLWhTgmONFL13c3wSmWP5x7VchVwU494TXebBOaf5S/QEVBr8ek/j7tD+28uTPmA==" w:salt="3rIDhIhmrEuEYiONiwFmcQ=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="ZMt0RfAQWP2yRJdVZ/sTXizvHwMdgXly6xAkU0Re8Lr4jR4U9gSYl6SG1XAZ5HztFJTCaLcg/ro90ynS8h7n2A==" w:salt="r72fhEwV/wvHmLoBo9jpGw=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00584943"/>
     <w:rsid w:val="0000398A"/>
     <w:rsid w:val="00027614"/>
     <w:rsid w:val="00057611"/>
     <w:rsid w:val="00065A2E"/>
     <w:rsid w:val="00082E9A"/>
@@ -3685,85 +3685,89 @@
     <w:rsid w:val="001325F2"/>
     <w:rsid w:val="00133C61"/>
     <w:rsid w:val="00134E27"/>
     <w:rsid w:val="00137E87"/>
     <w:rsid w:val="00141C4C"/>
     <w:rsid w:val="00156FCA"/>
     <w:rsid w:val="001A3EB2"/>
     <w:rsid w:val="0020049A"/>
     <w:rsid w:val="00212F10"/>
     <w:rsid w:val="00245016"/>
     <w:rsid w:val="00264F71"/>
     <w:rsid w:val="00266BEE"/>
     <w:rsid w:val="00291022"/>
     <w:rsid w:val="0029391E"/>
     <w:rsid w:val="002D5240"/>
     <w:rsid w:val="002E2606"/>
     <w:rsid w:val="0037452F"/>
     <w:rsid w:val="00450C14"/>
     <w:rsid w:val="004E1B0F"/>
     <w:rsid w:val="00584943"/>
     <w:rsid w:val="00591DD1"/>
     <w:rsid w:val="005A58B1"/>
     <w:rsid w:val="005B199A"/>
     <w:rsid w:val="005B3B4A"/>
     <w:rsid w:val="005E098A"/>
+    <w:rsid w:val="00604532"/>
     <w:rsid w:val="00676EE1"/>
     <w:rsid w:val="00677871"/>
     <w:rsid w:val="006934D7"/>
     <w:rsid w:val="006C0AED"/>
+    <w:rsid w:val="006D611F"/>
     <w:rsid w:val="006F2527"/>
     <w:rsid w:val="0072718C"/>
     <w:rsid w:val="00745B2A"/>
     <w:rsid w:val="007478B9"/>
     <w:rsid w:val="00776E5B"/>
     <w:rsid w:val="00785C41"/>
     <w:rsid w:val="007A17A3"/>
     <w:rsid w:val="007E2CD0"/>
     <w:rsid w:val="008337A1"/>
     <w:rsid w:val="008540C2"/>
+    <w:rsid w:val="00897D0A"/>
     <w:rsid w:val="008C6C76"/>
     <w:rsid w:val="008E49CE"/>
     <w:rsid w:val="008F4531"/>
     <w:rsid w:val="00933618"/>
     <w:rsid w:val="00972B80"/>
     <w:rsid w:val="009B1B69"/>
     <w:rsid w:val="009F2656"/>
     <w:rsid w:val="00A02C0F"/>
     <w:rsid w:val="00A46CBB"/>
     <w:rsid w:val="00A67509"/>
     <w:rsid w:val="00A86B43"/>
     <w:rsid w:val="00AC40FF"/>
     <w:rsid w:val="00AD10C9"/>
     <w:rsid w:val="00AE2B1D"/>
     <w:rsid w:val="00B168C8"/>
     <w:rsid w:val="00B31C44"/>
     <w:rsid w:val="00B43D36"/>
     <w:rsid w:val="00B547DC"/>
     <w:rsid w:val="00B61EB8"/>
     <w:rsid w:val="00B75BA0"/>
     <w:rsid w:val="00B75D76"/>
+    <w:rsid w:val="00B7685D"/>
     <w:rsid w:val="00C31737"/>
     <w:rsid w:val="00C360F0"/>
     <w:rsid w:val="00C62140"/>
     <w:rsid w:val="00C927FE"/>
     <w:rsid w:val="00CA79D9"/>
     <w:rsid w:val="00CF5CFC"/>
     <w:rsid w:val="00D507C3"/>
     <w:rsid w:val="00D85818"/>
     <w:rsid w:val="00D87C88"/>
     <w:rsid w:val="00DB77BE"/>
     <w:rsid w:val="00DF267C"/>
     <w:rsid w:val="00DF2B52"/>
     <w:rsid w:val="00E26B4C"/>
     <w:rsid w:val="00E406A7"/>
     <w:rsid w:val="00E77DB0"/>
     <w:rsid w:val="00E92099"/>
     <w:rsid w:val="00ED4BB4"/>
     <w:rsid w:val="00EE5D74"/>
     <w:rsid w:val="00F86978"/>
     <w:rsid w:val="00FA1B07"/>
     <w:rsid w:val="00FB04A6"/>
     <w:rsid w:val="00FB4405"/>
     <w:rsid w:val="00FC6649"/>
     <w:rsid w:val="00FE7BE2"/>
   </w:rsids>
@@ -3775,51 +3779,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="3B2DD06E"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{1F5AD7BB-77EA-4814-848D-BFF53DA550D5}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4703,67 +4707,67 @@
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB04A6"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00FB04A6"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="0C3CD6F524AC4649A81AF2366C5F16C2"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{8D49E8FE-B36D-4E73-9026-27B14BB71ED7}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00A31F25" w:rsidRDefault="00C376C3" w:rsidP="00C376C3">
           <w:pPr>
             <w:pStyle w:val="0C3CD6F524AC4649A81AF2366C5F16C2"/>
           </w:pPr>
           <w:r w:rsidRPr="00591DD1">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:cstheme="minorHAnsi"/>
@@ -5540,168 +5544,170 @@
               <w:rFonts w:cstheme="minorHAnsi"/>
               <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t xml:space="preserve">Click or tap here to enter </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:cstheme="minorHAnsi"/>
               <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>advisor’s name.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00554C09"/>
     <w:rsid w:val="000961A0"/>
     <w:rsid w:val="000C30EB"/>
     <w:rsid w:val="000E009B"/>
     <w:rsid w:val="0020049A"/>
     <w:rsid w:val="00391B5E"/>
+    <w:rsid w:val="003A7DFB"/>
     <w:rsid w:val="004A42E5"/>
     <w:rsid w:val="00500D7D"/>
     <w:rsid w:val="00554C09"/>
     <w:rsid w:val="005A7C8E"/>
     <w:rsid w:val="005C7C8C"/>
     <w:rsid w:val="005D5ABA"/>
     <w:rsid w:val="005F1060"/>
+    <w:rsid w:val="00604532"/>
     <w:rsid w:val="006872E9"/>
     <w:rsid w:val="006C542D"/>
     <w:rsid w:val="00806C9F"/>
     <w:rsid w:val="009B7127"/>
     <w:rsid w:val="009C44C6"/>
     <w:rsid w:val="009D5BDD"/>
     <w:rsid w:val="00A15A08"/>
     <w:rsid w:val="00A31F25"/>
     <w:rsid w:val="00A658F6"/>
     <w:rsid w:val="00B22C5C"/>
     <w:rsid w:val="00B43D36"/>
     <w:rsid w:val="00BE6740"/>
     <w:rsid w:val="00C376C3"/>
     <w:rsid w:val="00C86D34"/>
     <w:rsid w:val="00D80404"/>
     <w:rsid w:val="00DA4BCE"/>
     <w:rsid w:val="00DF267C"/>
     <w:rsid w:val="00E82CF7"/>
     <w:rsid w:val="00ED2600"/>
     <w:rsid w:val="00F41694"/>
     <w:rsid w:val="00FA718A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -6260,51 +6266,51 @@
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BA154D8C3BD440E7BA767742AE5616B11">
     <w:name w:val="BA154D8C3BD440E7BA767742AE5616B11"/>
     <w:rsid w:val="00C376C3"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="147B8F3842DF46EABE609B92D835DED01">
     <w:name w:val="147B8F3842DF46EABE609B92D835DED01"/>
     <w:rsid w:val="00C376C3"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
@@ -6566,69 +6572,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>613</Words>
-  <Characters>3499</Characters>
+  <Words>668</Words>
+  <Characters>3444</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>29</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>118</Lines>
+  <Paragraphs>82</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Harvard Summer School Transfer In To Harvard Form</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4104</CharactersWithSpaces>
+  <CharactersWithSpaces>4030</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Harvard Summer School Transfer In To Harvard Form</dc:title>
   <dc:subject/>
   <dc:creator>Hoegen Dijkhof, Lauren</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>