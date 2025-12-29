--- v0 (2025-11-08)
+++ v1 (2025-12-29)
@@ -10,51 +10,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="1339AE8B" w14:textId="567E2651" w:rsidR="006C0AED" w:rsidRPr="00745B2A" w:rsidRDefault="006C0AED" w:rsidP="00AE2B1D">
+    <w:p w14:paraId="46CDC311" w14:textId="6DBE2F1F" w:rsidR="00110DBF" w:rsidRDefault="006C0AED" w:rsidP="00E44E05">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="A41034"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00745B2A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="A41034"/>
         </w:rPr>
         <w:t>I-20 Certification of Finances</w:t>
       </w:r>
       <w:r w:rsidR="00ED3870">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="A41034"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="000F2C50" w:rsidRPr="00745B2A">
@@ -97,103 +97,122 @@
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2670300" cy="473574"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72A22EAD" w14:textId="77777777" w:rsidR="006C0AED" w:rsidRDefault="006C0AED" w:rsidP="00584943">
-[...13 lines deleted...]
-    <w:p w14:paraId="76F2F351" w14:textId="7DC2EC92" w:rsidR="00AD10C9" w:rsidRDefault="00584943" w:rsidP="00D910A3">
+    <w:p w14:paraId="2FBB850E" w14:textId="77777777" w:rsidR="00E44E05" w:rsidRPr="00E44E05" w:rsidRDefault="00E44E05" w:rsidP="00E44E05">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DCD5F0E" w14:textId="355719F6" w:rsidR="00E44E05" w:rsidRDefault="00584943" w:rsidP="00E44E05">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E77DB0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Prospective F-1 students must have the financial resources to live and study in the United States.  This includes being able to cover the cost of tuition</w:t>
+        <w:t>Prospective F-1 students must have the financial resources to live and study in the United States.</w:t>
+      </w:r>
+      <w:r w:rsidR="001D26A4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E77DB0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>This includes being able to cover the cost of tuition</w:t>
       </w:r>
       <w:r w:rsidR="002B6627">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>, books,</w:t>
       </w:r>
       <w:r w:rsidR="00601A60">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E77DB0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">and living expenses.  Harvard Summer School must collect evidence of the student’s financial ability before issuing a </w:t>
+        <w:t>and living expenses.</w:t>
+      </w:r>
+      <w:r w:rsidR="001D26A4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E77DB0">
         <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Harvard Summer School must collect evidence of the student’s financial ability before issuing a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E77DB0">
+        <w:rPr>
           <w:rStyle w:val="BookTitle"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Form I-20 Certificate of Eligibility for Nonimmigrant Student Status</w:t>
       </w:r>
       <w:r w:rsidRPr="00E77DB0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. Harvard Summer School students who are not United States citizens or permanent residents must complete and submit this </w:t>
       </w:r>
       <w:r w:rsidR="00B168C8">
         <w:rPr>
           <w:rStyle w:val="BookTitle"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>I-20 C</w:t>
       </w:r>
       <w:r w:rsidRPr="00E77DB0">
         <w:rPr>
           <w:rStyle w:val="BookTitle"/>
           <w:sz w:val="28"/>
@@ -202,772 +221,1858 @@
         <w:t>ertification of Finances Form</w:t>
       </w:r>
       <w:r w:rsidRPr="00E77DB0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> to the I-20 Document Portal by </w:t>
       </w:r>
       <w:r w:rsidR="00F849A8">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>April 30</w:t>
       </w:r>
       <w:r w:rsidRPr="00E77DB0">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>, 202</w:t>
       </w:r>
-      <w:r w:rsidR="00C52469">
+      <w:r w:rsidR="009D198C">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00E77DB0">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>. Without complete information and appropriate certification, the I-20 cannot be issued.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="540E3D17" w14:textId="77777777" w:rsidR="003316FD" w:rsidRPr="00E77DB0" w:rsidRDefault="003316FD" w:rsidP="003316FD">
+    <w:p w14:paraId="2359070C" w14:textId="77777777" w:rsidR="00E44E05" w:rsidRPr="00E77DB0" w:rsidRDefault="00E44E05" w:rsidP="004928A3">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1F58DFB9" w14:textId="6C1CF35D" w:rsidR="00027614" w:rsidRPr="00745B2A" w:rsidRDefault="00027614" w:rsidP="003316FD">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="A41034"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00745B2A">
+      <w:r w:rsidRPr="00BE138B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="A41034"/>
-        </w:rPr>
-        <w:t>STUDENT INFORMATION (Complete the 3 fields below)</w:t>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>STUDENT INFORMATION</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B2A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="A41034"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Complete the 3 fields below)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblCaption w:val="Student Information Table"/>
+        <w:tblDescription w:val="This table asks for a student's last name, a student's first name, and a student's HUID or DCE ID number."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3325"/>
         <w:gridCol w:w="7465"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FB4405" w:rsidRPr="00E77DB0" w14:paraId="35618C2C" w14:textId="77777777" w:rsidTr="001744AE">
+      <w:tr w:rsidR="00FB4405" w:rsidRPr="00E77DB0" w14:paraId="35618C2C" w14:textId="77777777" w:rsidTr="00303D27">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3325" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B53D739" w14:textId="5E66FAFC" w:rsidR="00FB4405" w:rsidRPr="00D910A3" w:rsidRDefault="00FB4405" w:rsidP="001744AE">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D910A3">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Student’s last name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
-            <w:id w:val="-299771227"/>
+            <w:id w:val="300045536"/>
             <w:placeholder>
-              <w:docPart w:val="0C3CD6F524AC4649A81AF2366C5F16C2"/>
+              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
-            <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7465" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="8EAADB" w:themeFill="accent1" w:themeFillTint="99"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="0A749414" w14:textId="1CC68806" w:rsidR="00FB4405" w:rsidRPr="00E77DB0" w:rsidRDefault="00FB4405" w:rsidP="001744AE">
+              <w:p w14:paraId="0A749414" w14:textId="55366D63" w:rsidR="00FB4405" w:rsidRPr="00E77DB0" w:rsidRDefault="00485B04" w:rsidP="001744AE">
                 <w:pPr>
                   <w:spacing w:line="360" w:lineRule="auto"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00745B2A">
+                <w:r>
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
-                    <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
-                  <w:t xml:space="preserve">Click or tap here to enter </w:t>
-[...17 lines deleted...]
-                  <w:t>.</w:t>
+                  <w:t xml:space="preserve">                                                  </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00FB4405" w:rsidRPr="00E77DB0" w14:paraId="7BB49760" w14:textId="77777777" w:rsidTr="001744AE">
+      <w:tr w:rsidR="00FB4405" w:rsidRPr="00E77DB0" w14:paraId="7BB49760" w14:textId="77777777" w:rsidTr="00303D27">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3325" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A4B43B4" w14:textId="164FF8FD" w:rsidR="00FB4405" w:rsidRPr="00D910A3" w:rsidRDefault="00FB4405" w:rsidP="001744AE">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D910A3">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Student’s first name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
-            <w:id w:val="125747847"/>
+            <w:id w:val="-741177663"/>
             <w:placeholder>
-              <w:docPart w:val="F7DD4D33DFD04E46A587EC147EFF3D2C"/>
+              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
-            <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7465" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="8EAADB" w:themeFill="accent1" w:themeFillTint="99"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="34715AC9" w14:textId="3195715C" w:rsidR="00FB4405" w:rsidRPr="00E77DB0" w:rsidRDefault="00FB4405" w:rsidP="001744AE">
+              <w:p w14:paraId="34715AC9" w14:textId="1E0E7088" w:rsidR="00FB4405" w:rsidRPr="00E77DB0" w:rsidRDefault="00485B04" w:rsidP="001744AE">
                 <w:pPr>
                   <w:spacing w:line="360" w:lineRule="auto"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00745B2A">
+                <w:r>
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
-                    <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
-                  <w:t xml:space="preserve">Click or tap here to enter </w:t>
-[...17 lines deleted...]
-                  <w:t>.</w:t>
+                  <w:t xml:space="preserve">                                                  </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00FB4405" w:rsidRPr="00E77DB0" w14:paraId="3008BCEC" w14:textId="77777777" w:rsidTr="001744AE">
+      <w:tr w:rsidR="00FB4405" w:rsidRPr="00E77DB0" w14:paraId="3008BCEC" w14:textId="77777777" w:rsidTr="00303D27">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3325" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5A202D38" w14:textId="703D60C0" w:rsidR="00FB4405" w:rsidRPr="00D910A3" w:rsidRDefault="00FB4405" w:rsidP="001744AE">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D910A3">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Student’s HUID or DCE ID</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
-            <w:id w:val="-376933748"/>
+            <w:id w:val="-1706401148"/>
             <w:placeholder>
-              <w:docPart w:val="C3C9C40E4B554AFFA555740EE521C06F"/>
+              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
-            <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7465" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="8EAADB" w:themeFill="accent1" w:themeFillTint="99"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="1F739430" w14:textId="0967FF39" w:rsidR="00FB4405" w:rsidRPr="00E77DB0" w:rsidRDefault="00FB4405" w:rsidP="001744AE">
+              <w:p w14:paraId="1F739430" w14:textId="3B3CFD8F" w:rsidR="00FB4405" w:rsidRPr="00E77DB0" w:rsidRDefault="00485B04" w:rsidP="001744AE">
                 <w:pPr>
                   <w:spacing w:line="360" w:lineRule="auto"/>
                   <w:rPr>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00745B2A">
+                <w:r>
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
-                    <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
-                  <w:t xml:space="preserve">Click or tap here to enter </w:t>
-[...17 lines deleted...]
-                  <w:t>.</w:t>
+                  <w:t xml:space="preserve">                                                  </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="63DA4A2A" w14:textId="77777777" w:rsidR="003316FD" w:rsidRDefault="003316FD" w:rsidP="003316FD">
+    <w:p w14:paraId="035F465D" w14:textId="77777777" w:rsidR="00E44E05" w:rsidRDefault="00E44E05" w:rsidP="00E44E05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C64CE01" w14:textId="77777777" w:rsidR="00E44E05" w:rsidRPr="004928A3" w:rsidRDefault="00E44E05" w:rsidP="00E44E05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F484DCA" w14:textId="77777777" w:rsidR="0065193C" w:rsidRDefault="00027614" w:rsidP="003316FD">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE138B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="A41034"/>
-        </w:rPr>
-[...10 lines deleted...]
-      </w:pPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>FINANCIAL SPONSOR INFORMATION</w:t>
+      </w:r>
       <w:r w:rsidRPr="00745B2A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="A41034"/>
         </w:rPr>
-        <w:t>FINANCIAL SPONSOR INFORMATION (Select all that apply)</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="05B4C76E" w14:textId="276E9589" w:rsidR="00027614" w:rsidRPr="00AE2B1D" w:rsidRDefault="00000000" w:rsidP="003316FD">
+        <w:t xml:space="preserve"> (Select all that apply)</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE138B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="A41034"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00600EB9" w:rsidRPr="0065193C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>This section below is for you to indicate if</w:t>
+      </w:r>
+      <w:r w:rsidR="0065193C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28D69C54" w14:textId="0F976335" w:rsidR="0065193C" w:rsidRDefault="0065193C" w:rsidP="0065193C">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Y</w:t>
+      </w:r>
+      <w:r w:rsidR="00600EB9" w:rsidRPr="0065193C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ou </w:t>
+      </w:r>
+      <w:r w:rsidR="00E44E05">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>will personally pay your cost of attendance.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D0C9E9B" w14:textId="0EA18733" w:rsidR="0065193C" w:rsidRDefault="00E44E05" w:rsidP="0065193C">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00600EB9" w:rsidRPr="0065193C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> friend or family member will pay your cost of attendance</w:t>
+      </w:r>
+      <w:r w:rsidR="00F40EC7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66E5A1CF" w14:textId="0EA3DF35" w:rsidR="00E44E05" w:rsidRPr="00E44E05" w:rsidRDefault="00E44E05" w:rsidP="00E44E05">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Your</w:t>
+      </w:r>
+      <w:r w:rsidR="00600EB9" w:rsidRPr="0065193C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> school, company, organization</w:t>
+      </w:r>
+      <w:r w:rsidR="00104B7E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, or government funds</w:t>
+      </w:r>
+      <w:r w:rsidR="00600EB9" w:rsidRPr="0065193C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will pay your cost of attendance. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FD2668B" w14:textId="5DBA625E" w:rsidR="00027614" w:rsidRPr="00745B2A" w:rsidRDefault="00600EB9" w:rsidP="003316FD">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0065193C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please </w:t>
+      </w:r>
+      <w:r w:rsidR="007B0065" w:rsidRPr="0065193C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>choose</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065193C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the section(s)</w:t>
+      </w:r>
+      <w:r w:rsidR="004928A3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> below</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065193C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that apply to you.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F40EC7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> You are required to checkmark each of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065193C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>the boxes as you complete your section(s). ONLY complete the section(s) that apply to you</w:t>
+      </w:r>
+      <w:r w:rsidR="0065193C" w:rsidRPr="0065193C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F40EC7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SKIP the section</w:t>
+      </w:r>
+      <w:r w:rsidR="00E44E05">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(s)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F40EC7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that do NOT apply to you. You must complete at least one section.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="462C43D0" w14:textId="77777777" w:rsidR="00B224F4" w:rsidRDefault="00B224F4" w:rsidP="009D198C">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk212806411"/>
+    </w:p>
+    <w:p w14:paraId="70A95631" w14:textId="45ECFFC0" w:rsidR="00B224F4" w:rsidRPr="00B224F4" w:rsidRDefault="00000000" w:rsidP="00B224F4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:sz w:val="28"/>
-            <w:szCs w:val="28"/>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="32"/>
+            <w:szCs w:val="32"/>
           </w:rPr>
-          <w:id w:val="-222299685"/>
+          <w:id w:val="-879014009"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidR="00133C61">
+          <w:r w:rsidR="008F719F">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="32"/>
+              <w:szCs w:val="32"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00B224F4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE138B" w:rsidRPr="00B224F4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Self-sponsored</w:t>
+      </w:r>
+      <w:r w:rsidR="003119FA" w:rsidRPr="00B224F4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00600EB9" w:rsidRPr="00B224F4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="0055796C" w:rsidRPr="00B224F4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Checkmark</w:t>
+      </w:r>
+      <w:r w:rsidR="00600EB9" w:rsidRPr="00B224F4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004F0CE3" w:rsidRPr="00B224F4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>all</w:t>
+      </w:r>
+      <w:r w:rsidR="00600EB9" w:rsidRPr="00B224F4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the following</w:t>
+      </w:r>
+      <w:r w:rsidR="009D198C" w:rsidRPr="00B224F4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> boxes in this section if you are self-sponsored</w:t>
+      </w:r>
+      <w:r w:rsidR="00F40EC7" w:rsidRPr="00B224F4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.): </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C0BD9BE" w14:textId="77777777" w:rsidR="00B41B3C" w:rsidRDefault="00000000" w:rsidP="00B224F4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:id w:val="891390077"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00B224F4" w:rsidRPr="00B224F4">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00B31C44" w:rsidRPr="00D910A3">
-        <w:rPr>
+      <w:r w:rsidR="00B224F4" w:rsidRPr="00B224F4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Student Information</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BE884DD" w14:textId="386AD733" w:rsidR="00BE138B" w:rsidRPr="00B224F4" w:rsidRDefault="00000000" w:rsidP="00B224F4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...80 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
-          <w:id w:val="1820299259"/>
-          <w15:color w:val="000099"/>
+          <w:id w:val="1841580640"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidR="00133C61">
+          <w:r w:rsidR="00B41B3C" w:rsidRPr="00B224F4">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00027614" w:rsidRPr="00AE2B1D">
-        <w:rPr>
+      <w:r w:rsidR="00B41B3C" w:rsidRPr="00B224F4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00027614" w:rsidRPr="00D910A3">
-[...54 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidR="00B41B3C">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Financial Sponsor Information</w:t>
+      </w:r>
+      <w:r w:rsidR="00B41B3C" w:rsidRPr="00B224F4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE138B" w:rsidRPr="00B224F4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
-          <w:id w:val="-713733631"/>
-          <w15:color w:val="000099"/>
+          <w:id w:val="-1619680070"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
-          <w:r w:rsidR="00133C61">
+          <w:r w:rsidR="00B224F4" w:rsidRPr="00B224F4">
             <w:rPr>
-              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidR="00027614" w:rsidRPr="00AE2B1D">
-[...120 lines deleted...]
-        <w:r w:rsidRPr="00745B2A">
+      <w:r w:rsidR="00BE138B" w:rsidRPr="00B224F4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Declaration of Finances</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE138B" w:rsidRPr="00B224F4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
-            <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
-          <w:t>Visas@Summer.Harvard.Edu</w:t>
-[...17 lines deleted...]
-    <w:p w14:paraId="1418B73E" w14:textId="47DE6D87" w:rsidR="001744AE" w:rsidRPr="00745B2A" w:rsidRDefault="001744AE" w:rsidP="001744AE">
+          <w:id w:val="1501244750"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00B224F4" w:rsidRPr="00B224F4">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00B224F4" w:rsidRPr="00B224F4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE138B" w:rsidRPr="00B224F4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Declaration of Accuracy</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="023DFEC9" w14:textId="77777777" w:rsidR="00BE138B" w:rsidRPr="00B224F4" w:rsidRDefault="00000000" w:rsidP="00BE138B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:pict w14:anchorId="7CB0C03C">
+          <v:rect id="_x0000_i1025" style="width:0;height:0" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64A1B9B5" w14:textId="30A51C8C" w:rsidR="003119FA" w:rsidRPr="00B224F4" w:rsidRDefault="00000000" w:rsidP="00B224F4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:id w:val="58609265"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00B224F4">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00BE138B" w:rsidRPr="00B224F4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE138B" w:rsidRPr="00B224F4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Sponsored by a friend or family member</w:t>
+      </w:r>
+      <w:r w:rsidR="003119FA" w:rsidRPr="00B224F4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003119FA" w:rsidRPr="00B224F4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="0055796C" w:rsidRPr="00B224F4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Checkmark</w:t>
+      </w:r>
+      <w:r w:rsidR="003119FA" w:rsidRPr="00B224F4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004F0CE3" w:rsidRPr="00B224F4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>all</w:t>
+      </w:r>
+      <w:r w:rsidR="003119FA" w:rsidRPr="00B224F4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the following </w:t>
+      </w:r>
+      <w:r w:rsidR="009D198C" w:rsidRPr="00B224F4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">boxes in this section if you are sponsored by a friend or family </w:t>
+      </w:r>
+      <w:r w:rsidR="00F40EC7" w:rsidRPr="00B224F4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>member.):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14D64D93" w14:textId="7AAC898C" w:rsidR="00B41B3C" w:rsidRDefault="00000000" w:rsidP="00F40EC7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:id w:val="-1060635980"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="008F719F">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00BE138B" w:rsidRPr="00B224F4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Student Information</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F641919" w14:textId="3E51813F" w:rsidR="00BE138B" w:rsidRPr="00B224F4" w:rsidRDefault="00000000" w:rsidP="00F40EC7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:id w:val="-120305977"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="003F4888">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00B41B3C" w:rsidRPr="00B224F4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B41B3C">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Financial Sponsor Information</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE138B" w:rsidRPr="00B224F4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:id w:val="-2009665825"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00B224F4">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00BE138B" w:rsidRPr="00B224F4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Declaration of Finances</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE138B" w:rsidRPr="00B224F4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:id w:val="-812403991"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00B224F4">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00BE138B" w:rsidRPr="00B224F4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Declaration of Accuracy</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE138B" w:rsidRPr="00B224F4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:id w:val="-396354142"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00B224F4">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00BE138B" w:rsidRPr="00B224F4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004928A3">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>I-20 Sponsorship Certification page</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E2390C6" w14:textId="77777777" w:rsidR="00BE138B" w:rsidRPr="00B224F4" w:rsidRDefault="00000000" w:rsidP="00BE138B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:pict w14:anchorId="23CBC8F1">
+          <v:rect id="_x0000_i1026" style="width:0;height:0" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D708039" w14:textId="31C36B65" w:rsidR="003119FA" w:rsidRPr="00B224F4" w:rsidRDefault="00000000" w:rsidP="00B224F4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:id w:val="-861273984"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00B224F4">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00BE138B" w:rsidRPr="00B224F4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE138B" w:rsidRPr="00B224F4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Sponsored by my school, company, organization</w:t>
+      </w:r>
+      <w:r w:rsidR="00104B7E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>, or government funds</w:t>
+      </w:r>
+      <w:r w:rsidR="00600EB9" w:rsidRPr="00B224F4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003119FA" w:rsidRPr="00B224F4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="0055796C" w:rsidRPr="00B224F4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Checkmark</w:t>
+      </w:r>
+      <w:r w:rsidR="003119FA" w:rsidRPr="00B224F4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004F0CE3" w:rsidRPr="00B224F4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>all</w:t>
+      </w:r>
+      <w:r w:rsidR="003119FA" w:rsidRPr="00B224F4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the following </w:t>
+      </w:r>
+      <w:r w:rsidR="009D198C" w:rsidRPr="00B224F4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>boxes in this section if you are sponsored by your school, company, organization</w:t>
+      </w:r>
+      <w:r w:rsidR="00104B7E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, or government funds</w:t>
+      </w:r>
+      <w:r w:rsidR="00F40EC7" w:rsidRPr="00B224F4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C296345" w14:textId="77777777" w:rsidR="00B41B3C" w:rsidRDefault="00000000" w:rsidP="00104B7E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:id w:val="2121642244"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00546D40">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00BE138B" w:rsidRPr="00B224F4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Student Information</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12884235" w14:textId="3460575E" w:rsidR="001744AE" w:rsidRPr="00104B7E" w:rsidRDefault="00000000" w:rsidP="00104B7E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:id w:val="363100897"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00B41B3C" w:rsidRPr="00B224F4">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00B41B3C" w:rsidRPr="00B224F4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B41B3C">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Financial Sponsor Information</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE138B" w:rsidRPr="00B224F4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:id w:val="-2054070005"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00B224F4">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00BE138B" w:rsidRPr="00B224F4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Declaration of Finances</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE138B" w:rsidRPr="00B224F4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:id w:val="-510220627"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00B224F4">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00BE138B" w:rsidRPr="00B224F4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Declaration of Accuracy</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE138B" w:rsidRPr="00B224F4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:id w:val="-1328510230"/>
+          <w14:checkbox>
+            <w14:checked w14:val="0"/>
+            <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+            <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+          </w14:checkbox>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00B224F4">
+            <w:rPr>
+              <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+            </w:rPr>
+            <w:t>☐</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="003119FA" w:rsidRPr="00B224F4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0055796C" w:rsidRPr="00B224F4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Have</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE138B" w:rsidRPr="00B224F4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> your school</w:t>
+      </w:r>
+      <w:r w:rsidR="00556DE3" w:rsidRPr="00B224F4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE138B" w:rsidRPr="00B224F4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>company</w:t>
+      </w:r>
+      <w:r w:rsidR="00556DE3" w:rsidRPr="00B224F4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE138B" w:rsidRPr="00B224F4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>organization</w:t>
+      </w:r>
+      <w:r w:rsidR="00104B7E">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, or government </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE64E0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>representative</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE138B" w:rsidRPr="00B224F4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> create a </w:t>
+      </w:r>
+      <w:r w:rsidR="0055796C" w:rsidRPr="00B224F4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>letter</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE138B" w:rsidRPr="00B224F4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> following the sample provided in the </w:t>
+      </w:r>
+      <w:r w:rsidR="0055796C" w:rsidRPr="00B224F4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE138B" w:rsidRPr="00B224F4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Example Letter</w:t>
+      </w:r>
+      <w:r w:rsidR="0055796C" w:rsidRPr="00B224F4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE138B" w:rsidRPr="00B224F4">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at the end of this document.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1418B73E" w14:textId="1CE4E66F" w:rsidR="001744AE" w:rsidRPr="00745B2A" w:rsidRDefault="001744AE" w:rsidP="001744AE">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="A41034"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00745B2A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="A41034"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>I-20 Certification of Finances</w:t>
       </w:r>
       <w:r w:rsidR="00ED3870">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="A41034"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
@@ -1039,1701 +2144,998 @@
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="A41034"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="A41034"/>
         </w:rPr>
         <w:t xml:space="preserve">REQUIRED </w:t>
       </w:r>
       <w:r w:rsidR="00EF4B68" w:rsidRPr="00745B2A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="A41034"/>
         </w:rPr>
         <w:t>FINANCES</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AD66839" w14:textId="045F49D7" w:rsidR="00E77DB0" w:rsidRDefault="00E77DB0" w:rsidP="00D910A3">
+    <w:p w14:paraId="4AD66839" w14:textId="6A3B543C" w:rsidR="00E77DB0" w:rsidRDefault="00E77DB0" w:rsidP="00D910A3">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Below are the average expenses</w:t>
+        <w:t xml:space="preserve">Below are the </w:t>
+      </w:r>
+      <w:r w:rsidR="00E44E05">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>estimated</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> expenses</w:t>
       </w:r>
       <w:r w:rsidR="00AE2B1D">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (in US dollars)</w:t>
+        <w:t xml:space="preserve"> in US dollars</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> for Harvard Summer School 202</w:t>
-[...6 lines deleted...]
-        <w:t>5</w:t>
+        <w:t xml:space="preserve"> for</w:t>
+      </w:r>
+      <w:r w:rsidR="00E44E05">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> sessions that prospective F-1 students are required to provide evidence of. Use th</w:t>
-[...6 lines deleted...]
-        <w:t>ese</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0055796C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2026</w:t>
+      </w:r>
+      <w:r w:rsidR="00E44E05">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> academic</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> table</w:t>
-[...6 lines deleted...]
-        <w:t>s</w:t>
+        <w:t xml:space="preserve"> sessions</w:t>
+      </w:r>
+      <w:r w:rsidR="00E44E05">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at Harvard Summer School</w:t>
+      </w:r>
+      <w:r w:rsidR="0055796C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> to complete the following pages of this form.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1054FEB9" w14:textId="77777777" w:rsidR="00352D0D" w:rsidRDefault="00352D0D" w:rsidP="00D910A3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0055796C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>rospective F-1 students are required to provide evidence of</w:t>
+      </w:r>
+      <w:r w:rsidR="0055796C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> liquid funds to pay for these expenses</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Use </w:t>
+      </w:r>
+      <w:r w:rsidR="00E44E05">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> table to complete the following pages of this form.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E1BCA3F" w14:textId="77777777" w:rsidR="004928A3" w:rsidRDefault="004928A3" w:rsidP="00D910A3">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
-[...1 lines deleted...]
-        <w:tblDescription w:val="This table contains the average US dollar amount of typical expenses Harvard Summer School international students will encounter and are required to provide evidence of."/>
+        <w:jc w:val="center"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblCaption w:val="Required Finances Table"/>
+        <w:tblDescription w:val="This table details the average expenses students may incur depending on their academic session(s) of interest. &#10;&#10;The tuition cost for seven weeks of study or both three-week sessions is $7960. The room and board cost for seven weeks of study or both three-week sessions is $8,620. The miscellaneous costs for seven weeks of study or both three-week sessions is $1000. And finally, the total cost for seven weeks of study or both three-week sessions is $17,580.&#10;&#10;The tuition cost for three or four weeks of study is $3,980. The room and board cost for three or four weeks of study is $4,920. The miscellaneous costs for three or four weeks of study is $1000. And finally, the total cost for three or four weeks of study is $9,500."/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2875"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1705"/>
+        <w:gridCol w:w="3955"/>
+        <w:gridCol w:w="3471"/>
+        <w:gridCol w:w="3168"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002A6D93" w14:paraId="1EC55DBD" w14:textId="739B04C6" w:rsidTr="002A6D93">
+      <w:tr w:rsidR="00400B7E" w14:paraId="69718DAA" w14:textId="77777777" w:rsidTr="00F837D1">
         <w:trPr>
-          <w:cantSplit/>
-          <w:tblHeader/>
+          <w:trHeight w:val="20"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2875" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3955" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
           </w:tcPr>
-          <w:p w14:paraId="377426A6" w14:textId="64793947" w:rsidR="002A6D93" w:rsidRPr="00AE2B1D" w:rsidRDefault="002A6D93" w:rsidP="00D910A3">
+          <w:p w14:paraId="44637AD9" w14:textId="77777777" w:rsidR="00400B7E" w:rsidRPr="006C3F64" w:rsidRDefault="00400B7E" w:rsidP="00ED6C88">
             <w:pPr>
-              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE2B1D">
+            <w:r w:rsidRPr="006C3F64">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Type of Expense</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1440" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3471" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
           </w:tcPr>
-          <w:p w14:paraId="7DFB8FDC" w14:textId="0ADF6834" w:rsidR="002A6D93" w:rsidRPr="00AE2B1D" w:rsidRDefault="002A6D93" w:rsidP="00D910A3">
+          <w:p w14:paraId="7EFF4E2F" w14:textId="7C89DDB9" w:rsidR="00400B7E" w:rsidRPr="006C3F64" w:rsidRDefault="00400B7E" w:rsidP="00E44E05">
             <w:pPr>
-              <w:spacing w:line="360" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE2B1D">
+            <w:r w:rsidRPr="006C3F64">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>7-Week Session</w:t>
+              <w:t xml:space="preserve">Seven </w:t>
+            </w:r>
+            <w:r w:rsidR="009D198C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>w</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C3F64">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">eeks of </w:t>
+            </w:r>
+            <w:r w:rsidR="009D198C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C3F64">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>tudy</w:t>
+            </w:r>
+            <w:r w:rsidR="009D198C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OR both three-week sessions</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:tcW w:w="3168" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
           </w:tcPr>
-          <w:p w14:paraId="55432ED5" w14:textId="2BD3B998" w:rsidR="002A6D93" w:rsidRPr="00AE2B1D" w:rsidRDefault="002A6D93" w:rsidP="00D910A3">
+          <w:p w14:paraId="68142F90" w14:textId="3D066ED4" w:rsidR="00400B7E" w:rsidRPr="009D198C" w:rsidRDefault="00400B7E" w:rsidP="00ED6C88">
             <w:pPr>
-              <w:spacing w:line="360" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C3F64">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t xml:space="preserve">Three OR </w:t>
+            </w:r>
+            <w:r w:rsidR="009D198C">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>3-Week  Session I + 4-Week Session</w:t>
+              <w:t>f</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C3F64">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">our </w:t>
+            </w:r>
+            <w:r w:rsidR="009D198C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>w</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C3F64">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">eeks of </w:t>
+            </w:r>
+            <w:r w:rsidR="009D198C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C3F64">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">tudy </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00400B7E" w14:paraId="1441EF3D" w14:textId="77777777" w:rsidTr="00F837D1">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3955" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w14:paraId="4454913E" w14:textId="77777777" w:rsidR="00400B7E" w:rsidRPr="006C3F64" w:rsidRDefault="00400B7E" w:rsidP="00ED6C88">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C3F64">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Tuition</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3471" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D3D8B47" w14:textId="329E7992" w:rsidR="002A6D93" w:rsidRDefault="002A6D93" w:rsidP="00D910A3">
+          <w:p w14:paraId="7B54D33B" w14:textId="580CA644" w:rsidR="00400B7E" w:rsidRPr="006C3F64" w:rsidRDefault="00400B7E" w:rsidP="0065193C">
             <w:pPr>
-              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-                <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE2B1D">
-[...16 lines deleted...]
-              <w:t>(I and II)</w:t>
+            <w:r w:rsidRPr="006C3F64">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>$</w:t>
+            </w:r>
+            <w:r w:rsidR="00EA5C63">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>7,960</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3168" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22426005" w14:textId="48D3B7C3" w:rsidR="002A6D93" w:rsidRPr="00AE2B1D" w:rsidRDefault="002A6D93" w:rsidP="00D910A3">
+          <w:p w14:paraId="00388B3A" w14:textId="5171253B" w:rsidR="00400B7E" w:rsidRPr="006C3F64" w:rsidRDefault="00400B7E" w:rsidP="0065193C">
             <w:pPr>
-              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-                <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>4-Week Session</w:t>
+            <w:r w:rsidRPr="006C3F64">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>$</w:t>
+            </w:r>
+            <w:r w:rsidR="004D3A9A">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3,980</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00400B7E" w14:paraId="276E2E10" w14:textId="77777777" w:rsidTr="00F837D1">
+        <w:trPr>
+          <w:trHeight w:val="377"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3955" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w14:paraId="4083AF5C" w14:textId="77777777" w:rsidR="00400B7E" w:rsidRPr="006C3F64" w:rsidRDefault="00400B7E" w:rsidP="00ED6C88">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C3F64">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Room and Board</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3471" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36CAD7CB" w14:textId="28B7632D" w:rsidR="002A6D93" w:rsidRPr="00AE2B1D" w:rsidRDefault="002A6D93" w:rsidP="00D910A3">
+          <w:p w14:paraId="16EB271C" w14:textId="21CED705" w:rsidR="00400B7E" w:rsidRPr="006C3F64" w:rsidRDefault="00400B7E" w:rsidP="0065193C">
             <w:pPr>
-              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-                <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AE2B1D">
-[...54 lines deleted...]
-              <w:t>Tuition</w:t>
+            <w:r w:rsidRPr="006C3F64">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>$</w:t>
+            </w:r>
+            <w:r w:rsidR="000F5B64">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>8,620</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1440" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3168" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="569268CD" w14:textId="747B2A51" w:rsidR="002A6D93" w:rsidRPr="008F4531" w:rsidRDefault="002A6D93" w:rsidP="00D910A3">
+          <w:p w14:paraId="56481C2F" w14:textId="357B4CDE" w:rsidR="00400B7E" w:rsidRPr="006C3F64" w:rsidRDefault="00400B7E" w:rsidP="0065193C">
             <w:pPr>
-              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008F4531">
-[...18 lines deleted...]
-              <w:t>00</w:t>
+            <w:r w:rsidRPr="006C3F64">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>$</w:t>
+            </w:r>
+            <w:r w:rsidR="004D3A9A">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4,</w:t>
+            </w:r>
+            <w:r w:rsidR="000F5B64">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>920</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00400B7E" w14:paraId="2EA58647" w14:textId="77777777" w:rsidTr="00F837D1">
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3955" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w14:paraId="48E9E05F" w14:textId="77777777" w:rsidR="00400B7E" w:rsidRPr="006C3F64" w:rsidRDefault="00400B7E" w:rsidP="00ED6C88">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C3F64">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Miscellaneous (Books, Program Fees, Health Insurance, etc.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="3471" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7FC41D0D" w14:textId="4D0383B0" w:rsidR="002A6D93" w:rsidRDefault="002A6D93" w:rsidP="00D910A3">
+          <w:p w14:paraId="4F517E11" w14:textId="21346719" w:rsidR="00400B7E" w:rsidRPr="006C3F64" w:rsidRDefault="00400B7E" w:rsidP="0065193C">
             <w:pPr>
-              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008F4531">
-[...18 lines deleted...]
-              <w:t>00</w:t>
+            <w:r w:rsidRPr="006C3F64">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>$</w:t>
+            </w:r>
+            <w:r w:rsidR="00EA5C63">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1620" w:type="dxa"/>
+            <w:tcW w:w="3168" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6EC70423" w14:textId="0D689260" w:rsidR="002A6D93" w:rsidRPr="008F4531" w:rsidRDefault="002A6D93" w:rsidP="00D910A3">
+          <w:p w14:paraId="045E3F0D" w14:textId="372D2F2E" w:rsidR="00400B7E" w:rsidRPr="006C3F64" w:rsidRDefault="00400B7E" w:rsidP="0065193C">
             <w:pPr>
-              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>$7,700</w:t>
+            <w:r w:rsidRPr="006C3F64">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>$</w:t>
+            </w:r>
+            <w:r w:rsidR="00EA5C63">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00400B7E" w14:paraId="550C06F1" w14:textId="77777777" w:rsidTr="00F837D1">
+        <w:trPr>
+          <w:trHeight w:val="494"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3955" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F1D203F" w14:textId="77777777" w:rsidR="00400B7E" w:rsidRPr="006C3F64" w:rsidRDefault="00400B7E" w:rsidP="00ED6C88">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C3F64">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Total</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1530" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3471" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="79994169" w14:textId="3D152206" w:rsidR="002A6D93" w:rsidRPr="008F4531" w:rsidRDefault="002A6D93" w:rsidP="00D910A3">
+          <w:p w14:paraId="3B6ACB2E" w14:textId="4E173246" w:rsidR="00400B7E" w:rsidRPr="006C3F64" w:rsidRDefault="00400B7E" w:rsidP="0065193C">
             <w:pPr>
-              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008F4531">
+            <w:r w:rsidRPr="006C3F64">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>3,850</w:t>
+            <w:r w:rsidR="000F5B64">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>17,580</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1705" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3168" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49CB66D3" w14:textId="0592B129" w:rsidR="002A6D93" w:rsidRPr="008F4531" w:rsidRDefault="002A6D93" w:rsidP="00D910A3">
+          <w:p w14:paraId="0B0189B1" w14:textId="417AACF3" w:rsidR="00400B7E" w:rsidRPr="006C3F64" w:rsidRDefault="00400B7E" w:rsidP="0065193C">
             <w:pPr>
-              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008F4531">
+            <w:r w:rsidRPr="006C3F64">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r>
-[...460 lines deleted...]
-              <w:t>7,700</w:t>
+            <w:r w:rsidR="00EA5C63">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>9,</w:t>
+            </w:r>
+            <w:r w:rsidR="000F5B64">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="387C3FAC" w14:textId="7189EA3C" w:rsidR="004A5124" w:rsidRDefault="004A5124" w:rsidP="003316FD">
-[...542 lines deleted...]
-    <w:p w14:paraId="23BB0BD4" w14:textId="77777777" w:rsidR="00352D0D" w:rsidRDefault="00352D0D" w:rsidP="0089738D">
+    <w:p w14:paraId="583B6F76" w14:textId="77777777" w:rsidR="00086651" w:rsidRDefault="00086651" w:rsidP="0089738D">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4E002E50" w14:textId="1269EA75" w:rsidR="003627BA" w:rsidRDefault="003627BA" w:rsidP="003627BA">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="A41034"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="A41034"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">DECLARATION OF </w:t>
       </w:r>
       <w:r w:rsidRPr="00745B2A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="A41034"/>
         </w:rPr>
         <w:t>FINANCES</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B3ABCC9" w14:textId="334E11D5" w:rsidR="00352D0D" w:rsidRPr="00352D0D" w:rsidRDefault="00352D0D" w:rsidP="00352D0D">
+    <w:p w14:paraId="2B3ABCC9" w14:textId="6B9F108B" w:rsidR="00352D0D" w:rsidRPr="00352D0D" w:rsidRDefault="0055796C" w:rsidP="00352D0D">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>C</w:t>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00027614">
+        <w:t>Select</w:t>
+      </w:r>
+      <w:r w:rsidR="00352D0D" w:rsidRPr="00A46CBB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the total amount of </w:t>
+      </w:r>
+      <w:r w:rsidR="00352D0D" w:rsidRPr="00A46CBB">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>minimum</w:t>
-[...13 lines deleted...]
-        </w:rPr>
         <w:t>liquid</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A46CBB">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> funds in US dollars which you will </w:t>
+      <w:r w:rsidR="00352D0D" w:rsidRPr="00A46CBB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> funds in US dollars you </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">be required to </w:t>
-[...36 lines deleted...]
-      <w:r>
+        <w:t>are</w:t>
+      </w:r>
+      <w:r w:rsidR="00352D0D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> required to </w:t>
+      </w:r>
+      <w:r w:rsidR="00352D0D" w:rsidRPr="00A46CBB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>have in the United States</w:t>
+      </w:r>
+      <w:r w:rsidR="000F5B64">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00352D0D" w:rsidRPr="00A46CBB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Use the table of estimates </w:t>
+      </w:r>
+      <w:r w:rsidR="00B53C20">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>above</w:t>
+      </w:r>
+      <w:r w:rsidR="00352D0D">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00352D0D" w:rsidRPr="00A46CBB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for </w:t>
+      </w:r>
+      <w:r w:rsidR="00E44E05">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>reference</w:t>
+      </w:r>
+      <w:r w:rsidR="00352D0D" w:rsidRPr="00A46CBB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00352D0D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00352D0D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>You must complete each section below; do NOT leave any section blank.</w:t>
+      </w:r>
+      <w:r w:rsidR="00221265">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> You are not expected to pay this</w:t>
+      </w:r>
+      <w:r w:rsidR="00D61B86">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> exact</w:t>
+      </w:r>
+      <w:r w:rsidR="00221265">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> amount. </w:t>
+      </w:r>
+      <w:r w:rsidR="00221265" w:rsidRPr="00D61B86">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>This amount reflects</w:t>
+      </w:r>
+      <w:r w:rsidR="00D61B86" w:rsidRPr="00D61B86">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> approximately</w:t>
+      </w:r>
+      <w:r w:rsidR="00221265" w:rsidRPr="00D61B86">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> how much money the United States government </w:t>
+      </w:r>
+      <w:r w:rsidR="00D61B86">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>expects</w:t>
+      </w:r>
+      <w:r w:rsidR="00221265" w:rsidRPr="00D61B86">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> you to have to support yourself while in the United States. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D61B86" w:rsidRPr="00D61B86">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Your actual expenses may be lower.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6415967A" w14:textId="77777777" w:rsidR="00352D0D" w:rsidRPr="00352D0D" w:rsidRDefault="00352D0D" w:rsidP="00352D0D"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblCaption w:val="Declaration of Finances Table"/>
+        <w:tblDescription w:val="This table asks students to choose the amount of liquid funds they much possess, based on the academic session(s) they are interested in. The two options are either $17,580 or $9,500.&#10;&#10;Additionally, the table asks students if they are bringing a dependent. A dependent is an unmarried child under age 21 and/or a spouse who will accompany a student for the duration of their studies. Students' parents are ineligible for dependent status.&#10;&#10;The two options presented to students are &quot;No, I am not bringing a dependent and will skip the dependent section below,&quot; or &quot;Yes, I am bringing a dependent and will complete the dependent section below.&quot;"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3685"/>
-        <w:gridCol w:w="7105"/>
+        <w:gridCol w:w="94"/>
+        <w:gridCol w:w="5301"/>
+        <w:gridCol w:w="5395"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005E098A" w14:paraId="488BFB05" w14:textId="77777777" w:rsidTr="00697C41">
+      <w:tr w:rsidR="005E098A" w14:paraId="488BFB05" w14:textId="77777777" w:rsidTr="00104B7E">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="5395" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="779C2C6A" w14:textId="1BF3ED44" w:rsidR="005E098A" w:rsidRPr="00D910A3" w:rsidRDefault="004A0AC5" w:rsidP="003316FD">
+          <w:p w14:paraId="779C2C6A" w14:textId="144F212D" w:rsidR="00E44E05" w:rsidRPr="00D910A3" w:rsidRDefault="004A0AC5" w:rsidP="003316FD">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D910A3">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br w:type="page"/>
             </w:r>
             <w:r w:rsidR="005E098A" w:rsidRPr="00D910A3">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
@@ -2757,1277 +3159,2241 @@
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>one</w:t>
             </w:r>
             <w:r w:rsidR="00E81B4D">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> option</w:t>
             </w:r>
             <w:r w:rsidR="005E098A" w:rsidRPr="00D910A3">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>.  This is your base amount.</w:t>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00B53C20">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> This is the amount </w:t>
+            </w:r>
+            <w:r w:rsidR="001D26A4">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidR="00B53C20">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> liquid funds you must </w:t>
+            </w:r>
+            <w:r w:rsidR="00104B7E">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>have</w:t>
+            </w:r>
+            <w:r w:rsidR="00B53C20">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="005E098A" w:rsidRPr="00D910A3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C85273">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>based on the academic session(s) you are interested in.</w:t>
+            </w:r>
+            <w:r w:rsidR="00E44E05">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> DO NOT leave this section blank.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7105" w:type="dxa"/>
+            <w:tcW w:w="5395" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4EC20BC2" w14:textId="7DB2D013" w:rsidR="002A6D93" w:rsidRDefault="00000000" w:rsidP="0089738D">
+          <w:p w14:paraId="46E62B59" w14:textId="177F2F6B" w:rsidR="002A6D93" w:rsidRPr="00B224F4" w:rsidRDefault="00000000" w:rsidP="0089738D">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:eastAsia="MS Gothic" w:cstheme="minorHAnsi"/>
-                  <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
-[...83 lines deleted...]
-                  <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-476995356"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00241288">
+                <w:r w:rsidR="008F719F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
-                    <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00241288" w:rsidRPr="009519AC">
+            <w:r w:rsidR="00241288" w:rsidRPr="00B224F4">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
-[...5 lines deleted...]
-            <w:r w:rsidR="00241288">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>$1</w:t>
+            </w:r>
+            <w:r w:rsidR="000F5B64" w:rsidRPr="00B224F4">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
-[...30 lines deleted...]
-              <w:t>750</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>7,580</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="076006A5" w14:textId="12927E96" w:rsidR="002A6D93" w:rsidRDefault="00000000" w:rsidP="0089738D">
+          <w:p w14:paraId="3D60E05C" w14:textId="5B562EFD" w:rsidR="002A6D93" w:rsidRPr="009519AC" w:rsidRDefault="00000000" w:rsidP="00EF7899">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:eastAsia="MS Gothic" w:cstheme="minorHAnsi"/>
-                  <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
-[...74 lines deleted...]
-                  <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1492825146"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00423664">
+                <w:r w:rsidR="008F719F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
-                    <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="006D25E0" w:rsidRPr="009519AC">
+            <w:r w:rsidR="006D25E0" w:rsidRPr="00B224F4">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
-            <w:r w:rsidR="002A6D93">
+            <w:r w:rsidR="002A6D93" w:rsidRPr="00B224F4">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
-            <w:r w:rsidR="002C42C2">
+            <w:r w:rsidR="000F5B64" w:rsidRPr="00B224F4">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
-[...5 lines deleted...]
-            <w:r w:rsidR="002A6D93">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>,500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005E098A" w14:paraId="0CE42D9C" w14:textId="77777777" w:rsidTr="00104B7E">
+        <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:wBefore w:w="94" w:type="dxa"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5301" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D29C13D" w14:textId="7F454E56" w:rsidR="005E098A" w:rsidRPr="00D910A3" w:rsidRDefault="0073701B" w:rsidP="003316FD">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
-[...3 lines deleted...]
-              <w:t>50</w:t>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Are you bringing a dependent? Dependents are unmarried children under age 21 and/or a spouse who will accompany you for the duration of your studies. Students’ parents</w:t>
+            </w:r>
+            <w:r w:rsidR="00104B7E">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and domestic partners</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> are ineligible for dependent status.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3D60E05C" w14:textId="055FB0A5" w:rsidR="002A6D93" w:rsidRPr="009519AC" w:rsidRDefault="00000000" w:rsidP="0089738D">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5395" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42D931DC" w14:textId="283C3EF3" w:rsidR="0073701B" w:rsidRPr="00556DE3" w:rsidRDefault="00000000" w:rsidP="00B224F4">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:eastAsia="MS Gothic" w:cstheme="minorHAnsi"/>
-                  <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+                  <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
-                <w:id w:val="1418052482"/>
+                <w:id w:val="-712579811"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="002A6D93">
+                <w:r w:rsidR="008F719F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
-                    <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="002A6D93" w:rsidRPr="009519AC">
+            <w:r w:rsidR="0073701B" w:rsidRPr="00556DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0073701B" w:rsidRPr="00556DE3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>No, I am not bringing a dependent</w:t>
+            </w:r>
+            <w:r w:rsidR="00556DE3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and will skip the dependent section below</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23058537" w14:textId="5255E978" w:rsidR="00556DE3" w:rsidRDefault="00556DE3" w:rsidP="00B224F4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="05E71383" w14:textId="631DEA11" w:rsidR="0073701B" w:rsidRPr="009519AC" w:rsidRDefault="00000000" w:rsidP="00E878D8">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>$</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="002A6D93">
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                </w:rPr>
+                <w:id w:val="-1454784644"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="008F719F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="0073701B" w:rsidRPr="00556DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0073701B" w:rsidRPr="00556DE3">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
-[...3 lines deleted...]
-              <w:t>7,700</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Yes, I am bringing a dependent</w:t>
+            </w:r>
+            <w:r w:rsidR="00556DE3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and will complete the dependent section below</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005E098A" w14:paraId="0CE42D9C" w14:textId="77777777" w:rsidTr="00697C41">
+    </w:tbl>
+    <w:p w14:paraId="5CB99140" w14:textId="77777777" w:rsidR="003119FA" w:rsidRDefault="003119FA" w:rsidP="00EF7899">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="384F128C" w14:textId="21109FC1" w:rsidR="00837BF3" w:rsidRDefault="00837BF3" w:rsidP="004F0CE3">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="A41034"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="A41034"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DEPENDENT </w:t>
+      </w:r>
+      <w:r w:rsidR="00E44E05">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="A41034"/>
+        </w:rPr>
+        <w:t>EXPENSES</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="A41034"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SECTION (SKIP IF YOU DO NOT HAVE ANY DEPENDENTS)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25C93448" w14:textId="7B57D3C8" w:rsidR="000A7911" w:rsidRDefault="00BF0456" w:rsidP="00F837D1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If you are bringing </w:t>
+      </w:r>
+      <w:r w:rsidR="009B74A1">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">any </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dependent, you are required to provide proof of liquid funds for the amount declared in </w:t>
+      </w:r>
+      <w:r w:rsidR="00086651">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>“DEPENDENT TABLE TWO”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> below in addition to your personal academic costs calculated in the previous section. Your supplementary financial documents must show enough liquid funds for your dependents and yourself. To calculate your dependent costs, use the first table below to complete the second table</w:t>
+      </w:r>
+      <w:r w:rsidR="004928A3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> below</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. The total</w:t>
+      </w:r>
+      <w:r w:rsidR="00086651">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dependent</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> amount</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D61B86">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> reflects approximately how much money the United States government </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>expects</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D61B86">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> you to have to support </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>your dependents</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D61B86">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> while in the United States. Your actual expenses may be lower.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65227089" w14:textId="77777777" w:rsidR="000A7911" w:rsidRDefault="000A7911" w:rsidP="00BF0456">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25D23683" w14:textId="22DF666C" w:rsidR="000A7911" w:rsidRDefault="000A7911" w:rsidP="000A7911">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="A41034"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="A41034"/>
+        </w:rPr>
+        <w:t>DEPENDENT TABLE ONE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44A206F2" w14:textId="77777777" w:rsidR="000A7911" w:rsidRPr="000A7911" w:rsidRDefault="000A7911" w:rsidP="000A7911"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="center"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblCaption w:val="First Dependent Expenses Table"/>
+        <w:tblDescription w:val="This table details the costs per dependent, depending on the academic session of interest.&#10;&#10;The cost per one adult for seven weeks of study or both three-week sessions is $2,000. The cost per one child  for seven weeks of study or both three-week sessions is $1,100.&#10;&#10;The cost per one adult for three or four weeks of study is $1,350. The cost per one child for three or four weeks of study is $750."/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3571"/>
+        <w:gridCol w:w="3264"/>
+        <w:gridCol w:w="2970"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003119FA" w:rsidRPr="00D50ABD" w14:paraId="50AFB278" w14:textId="77777777" w:rsidTr="00C568EC">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3571" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
           </w:tcPr>
-          <w:p w14:paraId="3D29C13D" w14:textId="7AD62608" w:rsidR="005E098A" w:rsidRPr="00D910A3" w:rsidRDefault="005E098A" w:rsidP="003316FD">
+          <w:p w14:paraId="3DC3AD26" w14:textId="15CD655D" w:rsidR="003119FA" w:rsidRPr="00D50ABD" w:rsidRDefault="003119FA" w:rsidP="00556DE3">
             <w:pPr>
-              <w:spacing w:line="360" w:lineRule="auto"/>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D910A3">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D50ABD">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Additional dependent</w:t>
-[...29 lines deleted...]
-              <w:t>amount.</w:t>
+              <w:t>Additional Costs for Accompanying Dependent(s)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7105" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3264" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
           </w:tcPr>
-          <w:p w14:paraId="05E71383" w14:textId="2F57E9A3" w:rsidR="005E098A" w:rsidRPr="009519AC" w:rsidRDefault="005E098A" w:rsidP="003316FD">
+          <w:p w14:paraId="24B47E6B" w14:textId="30920FE7" w:rsidR="003119FA" w:rsidRPr="00D50ABD" w:rsidRDefault="003119FA" w:rsidP="00556DE3">
             <w:pPr>
-              <w:spacing w:line="360" w:lineRule="auto"/>
-[...58 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D910A3">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00D50ABD">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">Total amount (add </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:t xml:space="preserve">Seven </w:t>
+            </w:r>
+            <w:r w:rsidR="006A31FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>previous 2 amounts</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:t>w</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D50ABD">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> together)</w:t>
+              <w:t xml:space="preserve">eeks of </w:t>
+            </w:r>
+            <w:r w:rsidR="006A31FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D50ABD">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>tudy</w:t>
+            </w:r>
+            <w:r w:rsidR="006A31FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OR both three-week sessions</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7105" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2970" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
           </w:tcPr>
-          <w:p w14:paraId="77F96E52" w14:textId="06288442" w:rsidR="005E098A" w:rsidRPr="009519AC" w:rsidRDefault="007E2CD0" w:rsidP="003316FD">
+          <w:p w14:paraId="6BAC6BC7" w14:textId="6DB6FE7A" w:rsidR="003119FA" w:rsidRPr="00D50ABD" w:rsidRDefault="003119FA" w:rsidP="00556DE3">
             <w:pPr>
-              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D50ABD">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Three OR </w:t>
+            </w:r>
+            <w:r w:rsidR="006A31FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>f</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D50ABD">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">our </w:t>
+            </w:r>
+            <w:r w:rsidR="006A31FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>w</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D50ABD">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">eeks of </w:t>
+            </w:r>
+            <w:r w:rsidR="006A31FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D50ABD">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>tudy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003119FA" w:rsidRPr="00D50ABD" w14:paraId="5DBEFFEB" w14:textId="77777777" w:rsidTr="00C568EC">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3571" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F5E8520" w14:textId="77777777" w:rsidR="003119FA" w:rsidRPr="00D50ABD" w:rsidRDefault="003119FA" w:rsidP="00556DE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>One Adult</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3264" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68260D2A" w14:textId="6C16E171" w:rsidR="003119FA" w:rsidRPr="00544EA3" w:rsidRDefault="003119FA" w:rsidP="00544EA3">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:cstheme="minorHAnsi"/>
-                <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009519AC">
-[...34 lines deleted...]
-            </w:sdt>
+            <w:r w:rsidRPr="00544EA3">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>$</w:t>
+            </w:r>
+            <w:r w:rsidR="00544EA3" w:rsidRPr="00544EA3">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2,000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2970" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16D3FDDF" w14:textId="48933397" w:rsidR="003119FA" w:rsidRPr="00544EA3" w:rsidRDefault="003119FA" w:rsidP="00544EA3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00544EA3">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>$</w:t>
+            </w:r>
+            <w:r w:rsidR="00544EA3" w:rsidRPr="00544EA3">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1,350</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003119FA" w:rsidRPr="00D50ABD" w14:paraId="4DF7BE8E" w14:textId="77777777" w:rsidTr="00C568EC">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3571" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w14:paraId="036CC526" w14:textId="77777777" w:rsidR="003119FA" w:rsidRPr="00D50ABD" w:rsidRDefault="003119FA" w:rsidP="00556DE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>One Child</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3264" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7ED3F00F" w14:textId="393BCD36" w:rsidR="003119FA" w:rsidRPr="00544EA3" w:rsidRDefault="003119FA" w:rsidP="00544EA3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00544EA3">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>$</w:t>
+            </w:r>
+            <w:r w:rsidR="00544EA3" w:rsidRPr="00544EA3">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1,10</w:t>
+            </w:r>
+            <w:r w:rsidR="00E878D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2970" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23AD6490" w14:textId="2F833EDD" w:rsidR="003119FA" w:rsidRPr="00544EA3" w:rsidRDefault="003119FA" w:rsidP="00544EA3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00544EA3">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>$</w:t>
+            </w:r>
+            <w:r w:rsidR="00544EA3" w:rsidRPr="00544EA3">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>750</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="36898162" w14:textId="77777777" w:rsidR="00352D0D" w:rsidRDefault="00352D0D" w:rsidP="002A6D93">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+    <w:p w14:paraId="7482A9C5" w14:textId="77777777" w:rsidR="00556DE3" w:rsidRDefault="00556DE3" w:rsidP="005E586B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="047E0AEE" w14:textId="550EDEE3" w:rsidR="002A6D93" w:rsidRPr="00D910A3" w:rsidRDefault="002A6D93" w:rsidP="002A6D93">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+    <w:p w14:paraId="749BB2DC" w14:textId="77777777" w:rsidR="000A7911" w:rsidRDefault="000A7911" w:rsidP="005E586B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D910A3">
+    </w:p>
+    <w:p w14:paraId="1D62AA2F" w14:textId="77777777" w:rsidR="000A7911" w:rsidRDefault="000A7911" w:rsidP="005E586B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>* Dependents are unmarried children under age 21 and/or a spouse who will accompany the student for the duration of their studies. Students’ parents are ineligible for dependent status.</w:t>
-[...293 lines deleted...]
-    <w:p w14:paraId="4AF01000" w14:textId="3AE774AB" w:rsidR="00DF2B52" w:rsidRPr="00745B2A" w:rsidRDefault="00DF2B52" w:rsidP="003316FD">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20B4C4CD" w14:textId="77777777" w:rsidR="000A7911" w:rsidRDefault="000A7911" w:rsidP="005E586B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C18EC53" w14:textId="77777777" w:rsidR="000A7911" w:rsidRDefault="000A7911" w:rsidP="005E586B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7102508B" w14:textId="06170D1D" w:rsidR="000A7911" w:rsidRDefault="000A7911" w:rsidP="005E586B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D8A5A05" w14:textId="77777777" w:rsidR="000A7911" w:rsidRDefault="000A7911" w:rsidP="005E586B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F6914E6" w14:textId="2317C860" w:rsidR="000A7911" w:rsidRDefault="000A7911" w:rsidP="000A7911">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="A41034"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00745B2A">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="A41034"/>
         </w:rPr>
-        <w:t>DECLARATION OF ACCURACY</w:t>
-[...41 lines deleted...]
-          <w:r w:rsidR="001D2BAF" w:rsidRPr="00175877">
+        <w:lastRenderedPageBreak/>
+        <w:t>DEPENDENT TABLE TWO</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="186C1F93" w14:textId="77777777" w:rsidR="000A7911" w:rsidRDefault="000A7911" w:rsidP="005E586B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="center"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblCaption w:val="Second Dependent Costs Table"/>
+        <w:tblDescription w:val="This table is for students who are bringing dependents to detail how may dependents they are bringing and calculate their total dependent cost. Students are asked to write the number of dependents they are bringing with them-specifying if they are a child or adult--and are asked to multiple the number of dependents by their respective costs, detailed in the First Dependent Costs Table, to calculate their total dependent expenses."/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2245"/>
+        <w:gridCol w:w="3160"/>
+        <w:gridCol w:w="2700"/>
+        <w:gridCol w:w="2425"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00434ECC" w14:paraId="0F548792" w14:textId="77777777" w:rsidTr="00C568EC">
+        <w:trPr>
+          <w:trHeight w:val="908"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2245" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w14:paraId="18C7BB88" w14:textId="39FD7646" w:rsidR="00434ECC" w:rsidRDefault="00434ECC" w:rsidP="00434ECC">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Type</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3160" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w14:paraId="417212DE" w14:textId="25135C08" w:rsidR="00434ECC" w:rsidRDefault="00434ECC" w:rsidP="002A6D93">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Number</w:t>
+            </w:r>
+            <w:r w:rsidR="00FE61AE">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of dependents</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidR="00FE61AE">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>write</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> number of dependents you are bringing with you.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w14:paraId="504AACE8" w14:textId="09F3C183" w:rsidR="00434ECC" w:rsidRDefault="00434ECC" w:rsidP="002A6D93">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Cost per dependent</w:t>
+            </w:r>
+            <w:r w:rsidR="00A0353C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (see table directly above.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2425" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BD82D73" w14:textId="7293DBD2" w:rsidR="00434ECC" w:rsidRDefault="00434ECC" w:rsidP="002A6D93">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Subtotal (</w:t>
+            </w:r>
+            <w:r w:rsidR="00A0353C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>multipl</w:t>
+            </w:r>
+            <w:r w:rsidR="00842C2B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>y</w:t>
+            </w:r>
+            <w:r w:rsidR="00A0353C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A0353C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>number of dependents by their</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> cost</w:t>
+            </w:r>
+            <w:r w:rsidR="00A0353C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00434ECC" w14:paraId="0A2B6D20" w14:textId="77777777" w:rsidTr="00C568EC">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2245" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w14:paraId="38E1AA01" w14:textId="06B317DC" w:rsidR="00434ECC" w:rsidRDefault="00434ECC" w:rsidP="00434ECC">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Adult</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+              <w:b/>
+              <w:bCs/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
-              <w:highlight w:val="yellow"/>
-              <w:u w:val="single"/>
             </w:rPr>
-            <w:t xml:space="preserve">Click or tap here to enter student’s </w:t>
-[...1 lines deleted...]
-          <w:r w:rsidR="00E94881" w:rsidRPr="00175877">
+            <w:id w:val="467940647"/>
+            <w:placeholder>
+              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+            </w:placeholder>
+            <w:text/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="3160" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="8EAADB" w:themeFill="accent1" w:themeFillTint="99"/>
+              </w:tcPr>
+              <w:p w14:paraId="4443CA85" w14:textId="35CA4C92" w:rsidR="00434ECC" w:rsidRDefault="00B224F4" w:rsidP="002A6D93">
+                <w:pPr>
+                  <w:spacing w:line="360" w:lineRule="auto"/>
+                  <w:rPr>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">                         </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w14:paraId="77BD2834" w14:textId="6F93B112" w:rsidR="00434ECC" w:rsidRPr="00FE61AE" w:rsidRDefault="00434ECC" w:rsidP="002A6D93">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE61AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>$2,000 (6-7 weeks) / $1350 (3-4 weeks)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+              <w:b/>
+              <w:bCs/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
-              <w:highlight w:val="yellow"/>
-              <w:u w:val="single"/>
             </w:rPr>
-            <w:t>full</w:t>
-[...1 lines deleted...]
-          <w:r w:rsidR="001D2BAF" w:rsidRPr="00175877">
+            <w:id w:val="-1592927809"/>
+            <w:placeholder>
+              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+            </w:placeholder>
+            <w:text/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2425" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="8EAADB" w:themeFill="accent1" w:themeFillTint="99"/>
+              </w:tcPr>
+              <w:p w14:paraId="2EBC5591" w14:textId="6827854E" w:rsidR="00434ECC" w:rsidRDefault="00B224F4" w:rsidP="000B6604">
+                <w:pPr>
+                  <w:spacing w:line="360" w:lineRule="auto"/>
+                  <w:jc w:val="both"/>
+                  <w:rPr>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">                         </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="00434ECC" w14:paraId="68DF6AAF" w14:textId="77777777" w:rsidTr="00C568EC">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2245" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F06291C" w14:textId="47F86A54" w:rsidR="00434ECC" w:rsidRDefault="00434ECC" w:rsidP="00434ECC">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Child</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
             <w:rPr>
-              <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+              <w:b/>
+              <w:bCs/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
-              <w:highlight w:val="yellow"/>
-              <w:u w:val="single"/>
             </w:rPr>
-            <w:t xml:space="preserve"> name.</w:t>
-[...9 lines deleted...]
-        <w:t>,</w:t>
+            <w:id w:val="545033014"/>
+            <w:placeholder>
+              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+            </w:placeholder>
+            <w:text/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="3160" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="8EAADB" w:themeFill="accent1" w:themeFillTint="99"/>
+              </w:tcPr>
+              <w:p w14:paraId="6A63F1C2" w14:textId="420ED664" w:rsidR="00434ECC" w:rsidRDefault="00B224F4" w:rsidP="002A6D93">
+                <w:pPr>
+                  <w:spacing w:line="360" w:lineRule="auto"/>
+                  <w:rPr>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">                         </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w14:paraId="173E9079" w14:textId="31729480" w:rsidR="00434ECC" w:rsidRPr="00FE61AE" w:rsidRDefault="00FE61AE" w:rsidP="002A6D93">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE61AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>$1,100 (6-7 weeks) / $750 (3-4 weeks)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+            </w:rPr>
+            <w:id w:val="-1291126316"/>
+            <w:placeholder>
+              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+            </w:placeholder>
+            <w:text/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2425" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="8EAADB" w:themeFill="accent1" w:themeFillTint="99"/>
+              </w:tcPr>
+              <w:p w14:paraId="56392223" w14:textId="5BCD1F0B" w:rsidR="00434ECC" w:rsidRDefault="00B224F4" w:rsidP="002A6D93">
+                <w:pPr>
+                  <w:spacing w:line="360" w:lineRule="auto"/>
+                  <w:rPr>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">                         </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+      <w:tr w:rsidR="00434ECC" w14:paraId="44EBD94A" w14:textId="77777777" w:rsidTr="00C568EC">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2245" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E0CB0D6" w14:textId="33782C64" w:rsidR="00434ECC" w:rsidRDefault="00434ECC" w:rsidP="00434ECC">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Total Dependent Expenses</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3160" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w14:paraId="27E8E5D9" w14:textId="555E7BC7" w:rsidR="00434ECC" w:rsidRPr="00E878D8" w:rsidRDefault="00E878D8" w:rsidP="00E878D8">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E878D8">
+              <w:rPr>
+                <w:sz w:val="56"/>
+                <w:szCs w:val="56"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2700" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CC68316" w14:textId="496A99B9" w:rsidR="00434ECC" w:rsidRDefault="00E878D8" w:rsidP="00E878D8">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E878D8">
+              <w:rPr>
+                <w:sz w:val="56"/>
+                <w:szCs w:val="56"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+            </w:rPr>
+            <w:id w:val="-1101559714"/>
+            <w:placeholder>
+              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+            </w:placeholder>
+            <w:text/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="2425" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="8EAADB" w:themeFill="accent1" w:themeFillTint="99"/>
+              </w:tcPr>
+              <w:p w14:paraId="569FA0E2" w14:textId="053B8061" w:rsidR="00434ECC" w:rsidRDefault="00B224F4" w:rsidP="002A6D93">
+                <w:pPr>
+                  <w:spacing w:line="360" w:lineRule="auto"/>
+                  <w:rPr>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">                         </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="794052D3" w14:textId="77777777" w:rsidR="00434ECC" w:rsidRDefault="00434ECC" w:rsidP="005E586B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1016DB4C" w14:textId="0049890D" w:rsidR="005E586B" w:rsidRPr="005E586B" w:rsidRDefault="005E586B" w:rsidP="005E586B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E586B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Example: if you bring 1 adult and 1 child for seven weeks of study,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DA1E2ED" w14:textId="4919FADC" w:rsidR="005E586B" w:rsidRPr="005E586B" w:rsidRDefault="005E586B" w:rsidP="005E586B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E586B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Adult 1 x $2,000 = $2,000</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6341C530" w14:textId="3AC3C434" w:rsidR="005E586B" w:rsidRPr="005E586B" w:rsidRDefault="005E586B" w:rsidP="005E586B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E586B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Child 1 x $1,100 = $1,100</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BB80EF2" w14:textId="0DE62D0A" w:rsidR="00DE64E0" w:rsidRDefault="005E586B" w:rsidP="002A6D93">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E586B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Total dependent expenses = $3,100</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FCC159E" w14:textId="77777777" w:rsidR="000A7911" w:rsidRPr="00BF0456" w:rsidRDefault="000A7911" w:rsidP="002A6D93">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="right" w:tblpY="499"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblCaption w:val="Student's full name"/>
+        <w:tblDescription w:val="This text box is where students must write their full name."/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4145"/>
+        <w:gridCol w:w="6025"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="000A7911" w:rsidRPr="00745B2A" w14:paraId="5C239685" w14:textId="77777777" w:rsidTr="000A7911">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4145" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31E3E922" w14:textId="77777777" w:rsidR="000A7911" w:rsidRPr="00666120" w:rsidRDefault="000A7911" w:rsidP="000A7911">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00666120">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Student’s </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>full name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+            </w:rPr>
+            <w:id w:val="1470088684"/>
+            <w:placeholder>
+              <w:docPart w:val="55E7900416D04F1F82470B5F52C7F343"/>
+            </w:placeholder>
+            <w:text/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="6025" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="8EAADB" w:themeFill="accent1" w:themeFillTint="99"/>
+              </w:tcPr>
+              <w:p w14:paraId="0F737A32" w14:textId="77777777" w:rsidR="000A7911" w:rsidRPr="00E878D8" w:rsidRDefault="000A7911" w:rsidP="000A7911">
+                <w:pPr>
+                  <w:spacing w:line="360" w:lineRule="auto"/>
+                  <w:rPr>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00E878D8">
+                  <w:rPr>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">                                                  </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="581B1604" w14:textId="77777777" w:rsidR="00022ED8" w:rsidRPr="004D1698" w:rsidRDefault="00022ED8" w:rsidP="00022ED8">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="A41034"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B2A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="A41034"/>
+        </w:rPr>
+        <w:t>DECLARATION OF ACCURACY</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22288BBE" w14:textId="77777777" w:rsidR="00022ED8" w:rsidRPr="004D1698" w:rsidRDefault="00022ED8" w:rsidP="00022ED8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D1698">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0850D16B" w14:textId="0DD3745A" w:rsidR="00837BF3" w:rsidRDefault="00022ED8" w:rsidP="00022ED8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D1698">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DF2B52">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> declare that the information reported on this form is true, correct, and complete.  </w:t>
-      </w:r>
+        <w:t xml:space="preserve">declare that the information reported on this form is true, correct, and complete. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C4603FC" w14:textId="77777777" w:rsidR="001D26A4" w:rsidRDefault="001D26A4" w:rsidP="001D26A4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73B1FCE6" w14:textId="0F8326B5" w:rsidR="00DE64E0" w:rsidRPr="004F6095" w:rsidRDefault="00022ED8" w:rsidP="00022ED8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00972B80">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>WARNING:</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF2B52">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Providing false information may jeopardize a student’s visa and their enrollment at Harvard Summer School.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="01B2593D" w14:textId="77777777" w:rsidR="00697C41" w:rsidRDefault="00697C41" w:rsidP="00697C41">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE64E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Providing</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE64E0" w:rsidRPr="00DE64E0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> false information may result in immigration consequences and may jeopardize enrollment at Harvard Summer School.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B550F6A" w14:textId="77777777" w:rsidR="00022ED8" w:rsidRDefault="00022ED8" w:rsidP="00022ED8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3A12100B" w14:textId="77777777" w:rsidR="002A6D93" w:rsidRDefault="002A6D93" w:rsidP="00697C41">
+    <w:p w14:paraId="193D2B3A" w14:textId="1EC858F7" w:rsidR="00022ED8" w:rsidRPr="00745B2A" w:rsidRDefault="00022ED8" w:rsidP="00022ED8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r w:rsidRPr="00745B2A">
         <w:rPr>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>Signature of Student _____________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
       <w:r w:rsidRPr="00745B2A">
         <w:rPr>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Signature of Student _____________________</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C31737">
+        <w:t>________ Date</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>_</w:t>
+        <w:t xml:space="preserve"> (mm/dd/yyyy)</w:t>
       </w:r>
       <w:r w:rsidRPr="00745B2A">
         <w:rPr>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>________ Date</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C31737">
+        <w:t>__________</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (mm/dd/yyyy)</w:t>
-[...14 lines deleted...]
-        </w:rPr>
         <w:t>___</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31870747" w14:textId="77777777" w:rsidR="002A6D93" w:rsidRDefault="002A6D93" w:rsidP="00697C41">
+    <w:p w14:paraId="18A835FA" w14:textId="77777777" w:rsidR="00086651" w:rsidRDefault="00086651" w:rsidP="000A7911">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7432C1FC" w14:textId="7275F00D" w:rsidR="004A0AC5" w:rsidRDefault="00DF2B52" w:rsidP="00697C41">
+    <w:p w14:paraId="5EB85C0F" w14:textId="3EAD47CC" w:rsidR="00C6210F" w:rsidRDefault="00022ED8" w:rsidP="000A7911">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00972B80">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Digital signatures </w:t>
       </w:r>
       <w:r w:rsidRPr="00B75D76">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">are </w:t>
       </w:r>
-      <w:r w:rsidR="00B75D76" w:rsidRPr="00B75D76">
+      <w:r w:rsidRPr="00B75D76">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>not</w:t>
       </w:r>
       <w:r w:rsidRPr="00972B80">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> accepted.  </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00745B2A" w:rsidRPr="00972B80">
+        <w:t xml:space="preserve"> accepted</w:t>
+      </w:r>
+      <w:r w:rsidR="00391B0C" w:rsidRPr="00972B80">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Please sign and date</w:t>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00972B80">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> with a real signature.</w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="6414E13D" w14:textId="0F462ED8" w:rsidR="00ED4BB4" w:rsidRPr="00ED4BB4" w:rsidRDefault="00ED4BB4" w:rsidP="003316FD">
+        <w:t>Please sign and date with a real signature.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C6437AC" w14:textId="77777777" w:rsidR="00B41B3C" w:rsidRPr="00ED4BB4" w:rsidRDefault="00B41B3C" w:rsidP="00B41B3C">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00745B2A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="A41034"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1011C977" wp14:editId="77F7F801">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0E31AA0C" wp14:editId="087E6650">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:align>right</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>304</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2646311" cy="469320"/>
             <wp:effectExtent l="0" t="0" r="1905" b="6985"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="493756003" name="Picture 493756003">
               <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                   <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                 </a:ext>
               </a:extLst>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2065009195" name="Picture 1">
@@ -4059,934 +5425,3687 @@
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00745B2A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="A41034"/>
         </w:rPr>
         <w:t>I-20 Sponsorship Certification</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="215B46F0" w14:textId="77777777" w:rsidR="00ED4BB4" w:rsidRPr="008540C2" w:rsidRDefault="00ED4BB4" w:rsidP="003316FD">
+    <w:p w14:paraId="1BB88F6A" w14:textId="77777777" w:rsidR="00B41B3C" w:rsidRPr="008540C2" w:rsidRDefault="00B41B3C" w:rsidP="00B41B3C">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="29426654" w14:textId="10BA2F92" w:rsidR="00ED4BB4" w:rsidRPr="00245016" w:rsidRDefault="00ED4BB4" w:rsidP="003316FD">
+    <w:p w14:paraId="12628564" w14:textId="77777777" w:rsidR="00B41B3C" w:rsidRPr="00245016" w:rsidRDefault="00B41B3C" w:rsidP="00B41B3C">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00245016">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="A41034"/>
         </w:rPr>
-        <w:t xml:space="preserve">STUDENT </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00972B80" w:rsidRPr="00245016">
+        <w:t xml:space="preserve">STUDENT AND SPONSORSHIP INFORMATION (Complete </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="A41034"/>
         </w:rPr>
-        <w:t>AND</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> SPONSORSHIP INFORMATION (Complete the 5 fields below)</w:t>
+        <w:t>all the fields below)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblCaption w:val="Student and Sponsorship Information Table"/>
+        <w:tblDescription w:val="This table asks for information about students who are sponsored by a friend or family member. The sponsors are asked to fill out the student's last name, the student's first name, the student's HUID or DCE ID number, the sponsor's full name, and the sponsor's relationship to the student, for example, mother, uncle, father, etc."/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4765"/>
         <w:gridCol w:w="6025"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00ED4BB4" w:rsidRPr="00E77DB0" w14:paraId="1E921D99" w14:textId="77777777" w:rsidTr="00666120">
+      <w:tr w:rsidR="00B41B3C" w:rsidRPr="00E77DB0" w14:paraId="4683BECA" w14:textId="77777777" w:rsidTr="00850CF7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="735C6DB8" w14:textId="77777777" w:rsidR="00ED4BB4" w:rsidRPr="00666120" w:rsidRDefault="00ED4BB4" w:rsidP="003316FD">
+          <w:p w14:paraId="68A4036D" w14:textId="77777777" w:rsidR="00B41B3C" w:rsidRPr="00666120" w:rsidRDefault="00B41B3C" w:rsidP="00850CF7">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00666120">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Student’s last name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
-            <w:id w:val="942962322"/>
+            <w:id w:val="-1339306371"/>
             <w:placeholder>
-              <w:docPart w:val="F6C2ABBDBC2F49DEB7FA2EE85146669C"/>
+              <w:docPart w:val="3AAF65BED1414545BA438636227A19B9"/>
             </w:placeholder>
-            <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="6025" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="8EAADB" w:themeFill="accent1" w:themeFillTint="99"/>
               </w:tcPr>
-              <w:p w14:paraId="3BEA1771" w14:textId="481796B5" w:rsidR="00ED4BB4" w:rsidRPr="00745B2A" w:rsidRDefault="00ED4BB4" w:rsidP="003316FD">
+              <w:p w14:paraId="77244BFA" w14:textId="77777777" w:rsidR="00B41B3C" w:rsidRPr="00E878D8" w:rsidRDefault="00B41B3C" w:rsidP="00850CF7">
                 <w:pPr>
                   <w:spacing w:line="360" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00745B2A">
+                <w:r w:rsidRPr="00E878D8">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
-                    <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
-                  <w:t xml:space="preserve">Click or tap here to enter </w:t>
-[...17 lines deleted...]
-                  <w:t>.</w:t>
+                  <w:t xml:space="preserve">                                                  </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00ED4BB4" w:rsidRPr="00E77DB0" w14:paraId="4AF3BE05" w14:textId="77777777" w:rsidTr="00666120">
+      <w:tr w:rsidR="00B41B3C" w:rsidRPr="00E77DB0" w14:paraId="6DC72170" w14:textId="77777777" w:rsidTr="00850CF7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66863E5C" w14:textId="77777777" w:rsidR="00ED4BB4" w:rsidRPr="00666120" w:rsidRDefault="00ED4BB4" w:rsidP="003316FD">
+          <w:p w14:paraId="473B26B8" w14:textId="77777777" w:rsidR="00B41B3C" w:rsidRPr="00666120" w:rsidRDefault="00B41B3C" w:rsidP="00850CF7">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00666120">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Student’s first name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
-            <w:id w:val="657185757"/>
+            <w:id w:val="-1382704875"/>
             <w:placeholder>
-              <w:docPart w:val="ABEE648020154581AC77354E87C84D2F"/>
+              <w:docPart w:val="3AAF65BED1414545BA438636227A19B9"/>
             </w:placeholder>
-            <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="6025" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="8EAADB" w:themeFill="accent1" w:themeFillTint="99"/>
               </w:tcPr>
-              <w:p w14:paraId="47135013" w14:textId="251A1F86" w:rsidR="00ED4BB4" w:rsidRPr="00745B2A" w:rsidRDefault="00ED4BB4" w:rsidP="003316FD">
+              <w:p w14:paraId="43494ACB" w14:textId="77777777" w:rsidR="00B41B3C" w:rsidRPr="00E878D8" w:rsidRDefault="00B41B3C" w:rsidP="00850CF7">
                 <w:pPr>
                   <w:spacing w:line="360" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00745B2A">
+                <w:r w:rsidRPr="00E878D8">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
-                    <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
-                  <w:t xml:space="preserve">Click or tap here to enter </w:t>
-[...17 lines deleted...]
-                  <w:t>.</w:t>
+                  <w:t xml:space="preserve">                                                  </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00ED4BB4" w:rsidRPr="00E77DB0" w14:paraId="57E6BC89" w14:textId="77777777" w:rsidTr="00666120">
+      <w:tr w:rsidR="00B41B3C" w:rsidRPr="00E77DB0" w14:paraId="2C2E80E8" w14:textId="77777777" w:rsidTr="00850CF7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03CDACD9" w14:textId="77777777" w:rsidR="00ED4BB4" w:rsidRPr="00666120" w:rsidRDefault="00ED4BB4" w:rsidP="003316FD">
+          <w:p w14:paraId="0B5AC1C6" w14:textId="77777777" w:rsidR="00B41B3C" w:rsidRPr="00666120" w:rsidRDefault="00B41B3C" w:rsidP="00850CF7">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00666120">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Student’s HUID or DCE ID</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
-            <w:id w:val="641310145"/>
+            <w:id w:val="1972788190"/>
             <w:placeholder>
-              <w:docPart w:val="625DBE2AB61841AFA494B2CC6DD46102"/>
+              <w:docPart w:val="3AAF65BED1414545BA438636227A19B9"/>
             </w:placeholder>
-            <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="6025" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="8EAADB" w:themeFill="accent1" w:themeFillTint="99"/>
               </w:tcPr>
-              <w:p w14:paraId="046CAAF2" w14:textId="4DCA2BFD" w:rsidR="00ED4BB4" w:rsidRPr="00745B2A" w:rsidRDefault="00ED4BB4" w:rsidP="003316FD">
+              <w:p w14:paraId="33C8749D" w14:textId="77777777" w:rsidR="00B41B3C" w:rsidRPr="00E878D8" w:rsidRDefault="00B41B3C" w:rsidP="00850CF7">
                 <w:pPr>
                   <w:spacing w:line="360" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00745B2A">
+                <w:r w:rsidRPr="00E878D8">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
-                    <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
-                  <w:t xml:space="preserve">Click or tap here to enter </w:t>
-[...17 lines deleted...]
-                  <w:t>.</w:t>
+                  <w:t xml:space="preserve">                                                  </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00ED4BB4" w:rsidRPr="00E77DB0" w14:paraId="768673CD" w14:textId="77777777" w:rsidTr="00666120">
+      <w:tr w:rsidR="00B41B3C" w:rsidRPr="00E77DB0" w14:paraId="60B8393A" w14:textId="77777777" w:rsidTr="00850CF7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="178877B8" w14:textId="43FCA8E3" w:rsidR="00ED4BB4" w:rsidRPr="00666120" w:rsidRDefault="00ED4BB4" w:rsidP="003316FD">
+          <w:p w14:paraId="0F13FDE8" w14:textId="77777777" w:rsidR="00B41B3C" w:rsidRPr="00666120" w:rsidRDefault="00B41B3C" w:rsidP="00850CF7">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00666120">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Sponsor’s full name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
-            <w:id w:val="-1295367381"/>
+            <w:id w:val="-1863815764"/>
             <w:placeholder>
-              <w:docPart w:val="55435514758B4106AE4066310CC408FB"/>
+              <w:docPart w:val="3AAF65BED1414545BA438636227A19B9"/>
             </w:placeholder>
-            <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="6025" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="8EAADB" w:themeFill="accent1" w:themeFillTint="99"/>
               </w:tcPr>
-              <w:p w14:paraId="69658404" w14:textId="3E84FC28" w:rsidR="00ED4BB4" w:rsidRPr="00745B2A" w:rsidRDefault="00ED4BB4" w:rsidP="003316FD">
+              <w:p w14:paraId="0D00548C" w14:textId="77777777" w:rsidR="00B41B3C" w:rsidRPr="00E878D8" w:rsidRDefault="00B41B3C" w:rsidP="00850CF7">
                 <w:pPr>
                   <w:spacing w:line="360" w:lineRule="auto"/>
                   <w:rPr>
-                    <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="00745B2A">
+                <w:r w:rsidRPr="00E878D8">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
-                    <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
-                  <w:t xml:space="preserve">Click or tap here to enter </w:t>
-[...17 lines deleted...]
-                  <w:t>.</w:t>
+                  <w:t xml:space="preserve">                                                  </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00ED4BB4" w:rsidRPr="00E77DB0" w14:paraId="49A09F17" w14:textId="77777777" w:rsidTr="00666120">
+      <w:tr w:rsidR="00B41B3C" w:rsidRPr="00E77DB0" w14:paraId="1A8366DC" w14:textId="77777777" w:rsidTr="00850CF7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="751C09CB" w14:textId="73F9EB87" w:rsidR="00ED4BB4" w:rsidRPr="00666120" w:rsidRDefault="00ED4BB4" w:rsidP="003316FD">
+          <w:p w14:paraId="16785305" w14:textId="77777777" w:rsidR="00B41B3C" w:rsidRDefault="00B41B3C" w:rsidP="00850CF7">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00666120">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sponsor’s relationship </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00666120">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00666120">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the student</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21159E57" w14:textId="77777777" w:rsidR="00B41B3C" w:rsidRPr="00666120" w:rsidRDefault="00B41B3C" w:rsidP="00850CF7">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>(example: mother, uncle, father, etc.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+            </w:rPr>
+            <w:id w:val="-2120756030"/>
+            <w:placeholder>
+              <w:docPart w:val="3AAF65BED1414545BA438636227A19B9"/>
+            </w:placeholder>
+            <w:text/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="6025" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="8EAADB" w:themeFill="accent1" w:themeFillTint="99"/>
+              </w:tcPr>
+              <w:p w14:paraId="556839EF" w14:textId="77777777" w:rsidR="00B41B3C" w:rsidRPr="00E878D8" w:rsidRDefault="00B41B3C" w:rsidP="00850CF7">
+                <w:pPr>
+                  <w:spacing w:line="360" w:lineRule="auto"/>
+                  <w:rPr>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00E878D8">
+                  <w:rPr>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">                                                  </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3E0DC204" w14:textId="77777777" w:rsidR="00B41B3C" w:rsidRPr="00F86978" w:rsidRDefault="00B41B3C" w:rsidP="00B41B3C">
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30D8E0DB" w14:textId="77777777" w:rsidR="00B41B3C" w:rsidRDefault="00B41B3C" w:rsidP="00B41B3C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00972B80">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>This certifies that</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> I, </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblCaption w:val="Sponsor's full name"/>
+        <w:tblDescription w:val="This is a space for sponsor's to write their full name."/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4765"/>
+        <w:gridCol w:w="6025"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00B41B3C" w:rsidRPr="00745B2A" w14:paraId="39217468" w14:textId="77777777" w:rsidTr="00850CF7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B36FD64" w14:textId="77777777" w:rsidR="00B41B3C" w:rsidRPr="00666120" w:rsidRDefault="00B41B3C" w:rsidP="00850CF7">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00666120">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Sponsor’s relationship to the student</w:t>
+              <w:t>Sponsor’s</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> full name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+            </w:rPr>
+            <w:id w:val="1048179755"/>
+            <w:placeholder>
+              <w:docPart w:val="3AAF65BED1414545BA438636227A19B9"/>
+            </w:placeholder>
+            <w:text/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="6025" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="8EAADB" w:themeFill="accent1" w:themeFillTint="99"/>
+              </w:tcPr>
+              <w:p w14:paraId="57A391E9" w14:textId="77777777" w:rsidR="00B41B3C" w:rsidRPr="00E878D8" w:rsidRDefault="00B41B3C" w:rsidP="00850CF7">
+                <w:pPr>
+                  <w:spacing w:line="360" w:lineRule="auto"/>
+                  <w:rPr>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00E878D8">
+                  <w:rPr>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">                                                  </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="537B8EAD" w14:textId="77777777" w:rsidR="00B41B3C" w:rsidRDefault="00B41B3C" w:rsidP="00B41B3C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">am willing and able to financially support the above-named student (and their dependents, if applicable) for academic fees and living expenses in the amount of </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblCaption w:val="USD$"/>
+        <w:tblDescription w:val="This is a space for sponsor's to certify how much money they are willing and able to provide the above-named student, and their dependents, if applicable, for academic fees and living expenses. The amount should be less than or equal to the &quot;amount of liquid funds&quot; selected in the &quot;declaration of finances&quot; table."/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4765"/>
+        <w:gridCol w:w="6025"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00B41B3C" w:rsidRPr="00745B2A" w14:paraId="494BA853" w14:textId="77777777" w:rsidTr="00850CF7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="461D54F8" w14:textId="77777777" w:rsidR="00B41B3C" w:rsidRPr="00666120" w:rsidRDefault="00B41B3C" w:rsidP="00850CF7">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>USD$</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+            </w:rPr>
+            <w:id w:val="-1891213"/>
+            <w:placeholder>
+              <w:docPart w:val="3AAF65BED1414545BA438636227A19B9"/>
+            </w:placeholder>
+            <w:text/>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="6025" w:type="dxa"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="8EAADB" w:themeFill="accent1" w:themeFillTint="99"/>
+              </w:tcPr>
+              <w:p w14:paraId="6E518AED" w14:textId="77777777" w:rsidR="00B41B3C" w:rsidRPr="00E878D8" w:rsidRDefault="00B41B3C" w:rsidP="00850CF7">
+                <w:pPr>
+                  <w:spacing w:line="360" w:lineRule="auto"/>
+                  <w:rPr>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00E878D8">
+                  <w:rPr>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">                                                  </w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7685464D" w14:textId="3BD9A617" w:rsidR="00B41B3C" w:rsidRDefault="00B41B3C" w:rsidP="00B41B3C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">throughout the duration of their studies at Harvard Summer School. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000430DA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>This amount should be less than or equal to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the “amount of liquid funds” selected in the “DECLARATION OF FINANCES” section</w:t>
+      </w:r>
+      <w:r w:rsidR="000B6604">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008F719F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>plus any applicable dependent costs</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Additionally, I am certifying that attached to this document is official documentation of available liquid funds for at least the length of the program of study. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00175877">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>The documentation is in English</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and signed on or after August 1, 2025. It is the student’s responsibility to document availability of additional required funds, if necessary. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71E6E31E" w14:textId="77777777" w:rsidR="00B41B3C" w:rsidRDefault="00B41B3C" w:rsidP="00B41B3C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41A3EC83" w14:textId="77777777" w:rsidR="00B41B3C" w:rsidRPr="00745B2A" w:rsidRDefault="00B41B3C" w:rsidP="00B41B3C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00745B2A">
+        <w:rPr>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Signature of S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ponsor</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B2A">
+        <w:rPr>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _____________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B2A">
+        <w:rPr>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>________ Date</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (mm/dd/yyyy)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745B2A">
+        <w:rPr>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>__________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48B525BF" w14:textId="77777777" w:rsidR="00B41B3C" w:rsidRPr="00842C2B" w:rsidRDefault="00B41B3C" w:rsidP="00B41B3C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6875E727" w14:textId="77777777" w:rsidR="00B41B3C" w:rsidRDefault="00B41B3C" w:rsidP="00B41B3C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00086651">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Digital signatures are </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00086651">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">not </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00086651">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">accepted. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00086651">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This application will be considered </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00086651">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>incomplete</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00086651">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> without the sponsor’s handwritten signature and date on the line above.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="052475D3" w14:textId="77777777" w:rsidR="00B41B3C" w:rsidRDefault="00B41B3C" w:rsidP="00B41B3C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53CBDD87" w14:textId="77777777" w:rsidR="00B41B3C" w:rsidRPr="00086651" w:rsidRDefault="00B41B3C" w:rsidP="00B41B3C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08C37BE6" w14:textId="77777777" w:rsidR="00022ED8" w:rsidRDefault="00022ED8" w:rsidP="00085D77">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2DB19D64" wp14:editId="77182BE1">
+            <wp:extent cx="3527946" cy="3527946"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="682368974" name="Picture 3" descr="A red and white stop sign with instructions provided directly below for students to follow."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="682368974" name="Picture 3" descr="A red and white stop sign with instructions provided directly below for students to follow."/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId9" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                        <a:ext uri="{837473B0-CC2E-450A-ABE3-18F120FF3D39}">
+                          <a1611:picAttrSrcUrl xmlns:a1611="http://schemas.microsoft.com/office/drawing/2016/11/main" r:id="rId10"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="3532170" cy="3532170"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C4B6130" w14:textId="77777777" w:rsidR="000B6604" w:rsidRDefault="000B6604" w:rsidP="00085D77">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="347DA39E" w14:textId="77777777" w:rsidR="000B6604" w:rsidRDefault="000B6604" w:rsidP="00085D77">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72114B44" w14:textId="77777777" w:rsidR="00022ED8" w:rsidRDefault="00022ED8" w:rsidP="00C6210F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="510AAA00" w14:textId="77777777" w:rsidR="00031BB6" w:rsidRDefault="00031BB6" w:rsidP="00C6210F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F16EB85" w14:textId="405B8053" w:rsidR="004F0CE3" w:rsidRDefault="00022ED8" w:rsidP="00C6210F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00085D77">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Student, please ensure you have signed your name </w:t>
+      </w:r>
+      <w:r w:rsidR="004F0CE3" w:rsidRPr="00085D77">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>in the above “DECLARATION OF ACCURACY” section</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00085D77">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> before proceeding. Your application will be considered incomplete without your handwritten signature and date on the line above.</w:t>
+      </w:r>
+      <w:r w:rsidR="00031BB6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Additionally, if you are sponsored by a friend or family member, please ensure they have signed their name on the I-20 Sponsorship Certification page and completed that page in its entirety.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="163220B1" w14:textId="77777777" w:rsidR="000A7911" w:rsidRDefault="000A7911" w:rsidP="00C6210F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CCF76F4" w14:textId="77777777" w:rsidR="000A7911" w:rsidRDefault="000A7911" w:rsidP="00C6210F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21B5DB10" w14:textId="77777777" w:rsidR="00B41B3C" w:rsidRDefault="00B41B3C" w:rsidP="00C6210F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5014CA46" w14:textId="77777777" w:rsidR="00B41B3C" w:rsidRDefault="00B41B3C" w:rsidP="00C6210F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="781237D8" w14:textId="4A3E3DFE" w:rsidR="00022ED8" w:rsidRPr="004F0CE3" w:rsidRDefault="004F0CE3" w:rsidP="004F0CE3">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="A41034"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="A41034"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>ADDITIONAL INSTRUCTIONS FOR SUPPORTING FINANCIAL DOCUMENTATION</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35EF1600" w14:textId="756399A9" w:rsidR="00085D77" w:rsidRDefault="00022ED8" w:rsidP="004F0CE3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If you are self-sponsored or sponsored by a friend/family member, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00556DE3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>you must attach a bank statement or bank letter</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in addition to completing and submitting</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF2B52">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> this form. </w:t>
+      </w:r>
+      <w:r w:rsidR="00085D77">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Please see the following requirements for the bank statement or bank letter:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF2B52">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E9E193A" w14:textId="40AD24DD" w:rsidR="00085D77" w:rsidRDefault="00085D77" w:rsidP="00085D77">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>It must</w:t>
+      </w:r>
+      <w:r w:rsidR="00022ED8" w:rsidRPr="00085D77">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be in English</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="794FD647" w14:textId="758E9FF9" w:rsidR="00085D77" w:rsidRDefault="00085D77" w:rsidP="00085D77">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>It must be signed</w:t>
+      </w:r>
+      <w:r w:rsidR="00022ED8" w:rsidRPr="00085D77">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or published on or after August 1, 2025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00085D77">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D9A3CFA" w14:textId="3868876F" w:rsidR="00085D77" w:rsidRDefault="00085D77" w:rsidP="00085D77">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Information on the statement or letter cannot be redacted.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FC0D7BB" w14:textId="1B16F820" w:rsidR="00F8633A" w:rsidRDefault="00085D77" w:rsidP="001D26A4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>The statement or letter cannot be a password-protected document.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EC94395" w14:textId="36D97AA7" w:rsidR="006959DA" w:rsidRPr="001D26A4" w:rsidRDefault="006959DA" w:rsidP="001D26A4">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>If you are bringing an F</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB0DE5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2 dependent, they cannot be your financial sponsor.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58CF169C" w14:textId="77777777" w:rsidR="001D26A4" w:rsidRDefault="001D26A4" w:rsidP="00842C2B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46F7EAD5" w14:textId="6F9C1334" w:rsidR="00022ED8" w:rsidRPr="006959DA" w:rsidRDefault="00022ED8" w:rsidP="001D26A4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00085D77">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>If you are sponsored by a school, company, organization,</w:t>
+      </w:r>
+      <w:r w:rsidR="00104B7E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or government funds,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00085D77">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> please attach a letter </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_Hlk178672190"/>
+      <w:r w:rsidRPr="00085D77">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(in addition to completing and submitting this form)</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00085D77">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00842C2B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">following </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00085D77">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the format of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00C670F3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>example</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00085D77">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> letter provided at the end of this </w:t>
+      </w:r>
+      <w:r w:rsidR="00842C2B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>form</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00085D77">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00826DF4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> If you are a business owner, you</w:t>
+      </w:r>
+      <w:r w:rsidR="00826DF4" w:rsidRPr="00826DF4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cannot sign a company sponsorship letter yourself. It must be signed by someone else at your company, such as the accountant or HR manager (not a family member).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F76E1F7" w14:textId="3674C01F" w:rsidR="006A31FE" w:rsidRDefault="00826DF4" w:rsidP="00842C2B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9985"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FC20672" w14:textId="7D76F86C" w:rsidR="00F8633A" w:rsidRPr="00F8633A" w:rsidRDefault="00F8633A" w:rsidP="002A6D93">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F8633A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="A41034"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ACCEPTABLE BANK ACCOUNT </w:t>
+      </w:r>
+      <w:r w:rsidR="00086651">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="A41034"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>DOCUMENTS</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="10080" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblCaption w:val="Acceptable Bank Account Types"/>
+        <w:tblDescription w:val="This table shows acceptable account documents and unacceptable account documents.&#10;&#10;Acceptable account documents include regular savings account and checking/regular/demand deposit accounts.&#10;&#10;Unacceptable account documents include &#10;&#10;• Retirement/pension accounts&#10;• Investment accounts/portfolios&#10;• Credit card limits&#10;• Crypto currencies&#10;• Fintech/neobanks (N26, Monzo, Chime, Revolut, etc.)&#10;• Time savings (CDs, money market, bonds, accounts with maturity/expiration date)&#10;• E-money accounts (PayPal, Venmo, Alipay, etc.)&#10;• Screenshot of online bank balance"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5040"/>
+        <w:gridCol w:w="5040"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00825C7F" w14:paraId="1F06528C" w14:textId="77777777" w:rsidTr="00842C2B">
+        <w:trPr>
+          <w:trHeight w:val="864"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5040" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
+          </w:tcPr>
+          <w:p w14:paraId="042B2F1A" w14:textId="51B3CDCD" w:rsidR="00825C7F" w:rsidRPr="001D26A4" w:rsidRDefault="001D26A4" w:rsidP="00310019">
+            <w:pPr>
+              <w:rPr>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="44A792A8" wp14:editId="7A71DB2F">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="margin">
+                        <wp:posOffset>3132455</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="margin">
+                        <wp:posOffset>546735</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="0" cy="2572385"/>
+                      <wp:effectExtent l="0" t="0" r="38100" b="37465"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="365122533" name="Straight Connector 3"/>
+                      <wp:cNvGraphicFramePr/>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                          <wps:wsp>
+                            <wps:cNvCnPr/>
+                            <wps:spPr>
+                              <a:xfrm flipH="1">
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="0" cy="2572385"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="line">
+                                <a:avLst/>
+                              </a:prstGeom>
+                            </wps:spPr>
+                            <wps:style>
+                              <a:lnRef idx="1">
+                                <a:schemeClr val="dk1"/>
+                              </a:lnRef>
+                              <a:fillRef idx="0">
+                                <a:schemeClr val="dk1"/>
+                              </a:fillRef>
+                              <a:effectRef idx="0">
+                                <a:schemeClr val="dk1"/>
+                              </a:effectRef>
+                              <a:fontRef idx="minor">
+                                <a:schemeClr val="tx1"/>
+                              </a:fontRef>
+                            </wps:style>
+                            <wps:bodyPr/>
+                          </wps:wsp>
+                        </a:graphicData>
+                      </a:graphic>
+                      <wp14:sizeRelH relativeFrom="margin">
+                        <wp14:pctWidth>0</wp14:pctWidth>
+                      </wp14:sizeRelH>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:line w14:anchorId="73A83FA5" id="Straight Connector 3" o:spid="_x0000_s1026" style="position:absolute;flip:x;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:margin;mso-width-percent:0;mso-width-relative:margin" from="246.65pt,43.05pt" to="246.65pt,245.6pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAc3M/UogEAAJIDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tO3DAQfUfiHyy/s8luRYuizfIAKjxU&#10;LSr0A4wz3lj4JtvdZP++48luQKWVEOLF8mXOmTlnxuvL0Rq2g5i0dy1fLmrOwEnfabdt+a+Hr2cX&#10;nKUsXCeMd9DyPSR+uTk9WQ+hgZXvvekgMiRxqRlCy/ucQ1NVSfZgRVr4AA4flY9WZDzGbdVFMSC7&#10;NdWqrj9Xg49diF5CSnh7PT3yDfErBTL/UCpBZqblWFumNdL6WNZqsxbNNorQa3koQ7yjCiu0w6Qz&#10;1bXIgv2O+hWV1TL65FVeSG8rr5SWQBpQzbL+S819LwKQFjQnhdmm9HG08vvuyt1FtGEIqUnhLhYV&#10;o4qWKaPDLfaUdGGlbCTb9rNtMGYmp0uJt6vzL6tPF+fF0mqiKFQhpnwD3rKyabnRrigSjdh9S3kK&#10;PYYg7rkI2uW9gRJs3E9QTHeYbCqH5gOuTGQ7gZ3tnpaHtBRZIEobM4NqSvlf0CG2wIBm5q3AOZoy&#10;epdnoNXOx39lzeOxVDXFH1VPWovsR9/tqSVkBzaeDD0MaZmsl2eCP3+lzR8AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQCbmtjG3AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8JAEIbvJvyHzZB4k92C&#10;FKzdEiQxngUu3KbdsW3sztbuAvXfu8SD3ubjyTvP5JvRduJCg28da0hmCgRx5UzLtYbj4fVhDcIH&#10;ZIOdY9LwTR42xeQux8y4K7/TZR9qEUPYZ6ihCaHPpPRVQxb9zPXEcffhBoshtkMtzYDXGG47OVcq&#10;lRZbjhca7GnXUPW5P1sNhzerxjK0O+KvldqeXpYpn5Za30/H7TOIQGP4g+GmH9WhiE6lO7PxotPw&#10;+LRYRFTDOk1AROB3UN6KZA6yyOX/F4ofAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABzc&#10;z9SiAQAAkgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AJua2MbcAAAACgEAAA8AAAAAAAAAAAAAAAAA/AMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAAFBQAAAAA=&#10;" strokecolor="black [3200]" strokeweight=".5pt">
+                      <v:stroke joinstyle="miter"/>
+                      <w10:wrap anchorx="margin" anchory="margin"/>
+                    </v:line>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+            <w:r w:rsidR="00825C7F" w:rsidRPr="001D26A4">
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ACCEPTABLE ACCOUNT </w:t>
+            </w:r>
+            <w:r w:rsidR="006959DA">
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>DOCUMENTS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6025" w:type="dxa"/>
+            <w:tcW w:w="5040" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="AEAAAA" w:themeFill="background2" w:themeFillShade="BF"/>
           </w:tcPr>
-          <w:p w14:paraId="4FB0B871" w14:textId="6FF7991F" w:rsidR="00ED4BB4" w:rsidRPr="00745B2A" w:rsidRDefault="00000000" w:rsidP="003316FD">
+          <w:p w14:paraId="07BAA987" w14:textId="16F8B67F" w:rsidR="00825C7F" w:rsidRPr="001D26A4" w:rsidRDefault="00825C7F" w:rsidP="00310019">
             <w:pPr>
-              <w:spacing w:line="360" w:lineRule="auto"/>
-[...3 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:rPr>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:sdt>
-[...42 lines deleted...]
-            </w:sdt>
+            <w:r w:rsidRPr="001D26A4">
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">UNACCEPTABLE ACCOUNT </w:t>
+            </w:r>
+            <w:r w:rsidR="006959DA">
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>DOCUMENTS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00825C7F" w14:paraId="3225B033" w14:textId="77777777" w:rsidTr="00842C2B">
+        <w:trPr>
+          <w:trHeight w:val="864"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5040" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="509988AB" w14:textId="621EB0BF" w:rsidR="00825C7F" w:rsidRPr="00825C7F" w:rsidRDefault="00825C7F" w:rsidP="00825C7F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00825C7F">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Regular savings accounts</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D1CF0B9" w14:textId="77777777" w:rsidR="00825C7F" w:rsidRPr="00825C7F" w:rsidRDefault="00825C7F" w:rsidP="00825C7F">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00825C7F">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Checking/regular/demand deposit accounts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5040" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A4BB290" w14:textId="27F77107" w:rsidR="00825C7F" w:rsidRPr="005873A0" w:rsidRDefault="00825C7F" w:rsidP="005873A0">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005873A0">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Retirement/pension accounts</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="550E117B" w14:textId="38CBF12C" w:rsidR="00825C7F" w:rsidRPr="005873A0" w:rsidRDefault="00825C7F" w:rsidP="005873A0">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005873A0">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Investment accounts</w:t>
+            </w:r>
+            <w:r w:rsidR="00243F70">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>/portfolios</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17C18D5A" w14:textId="77777777" w:rsidR="00825C7F" w:rsidRPr="005873A0" w:rsidRDefault="00825C7F" w:rsidP="005873A0">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005873A0">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Credit card limits</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77587E39" w14:textId="77777777" w:rsidR="00825C7F" w:rsidRPr="005873A0" w:rsidRDefault="00825C7F" w:rsidP="005873A0">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005873A0">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Crypto currencies</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18EF4A52" w14:textId="3ADDA133" w:rsidR="00825C7F" w:rsidRPr="005873A0" w:rsidRDefault="00825C7F" w:rsidP="005873A0">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005873A0">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Fintech/neobanks (N26, Monzo, Chime,</w:t>
+            </w:r>
+            <w:r w:rsidR="00FC48A1">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Revolut,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005873A0">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> etc.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F02D7C6" w14:textId="352D85C0" w:rsidR="00825C7F" w:rsidRPr="005873A0" w:rsidRDefault="00825C7F" w:rsidP="005873A0">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005873A0">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Time savings (CDs, money market</w:t>
+            </w:r>
+            <w:r w:rsidR="00C670F3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> accounts</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005873A0">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, bonds, </w:t>
+            </w:r>
+            <w:r w:rsidR="00C670F3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">any </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005873A0">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>accounts with maturity/expiration date</w:t>
+            </w:r>
+            <w:r w:rsidR="00C670F3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005873A0">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67BD0737" w14:textId="77777777" w:rsidR="00825C7F" w:rsidRPr="006959DA" w:rsidRDefault="00825C7F" w:rsidP="005873A0">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005873A0">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>E-money accounts (PayPal, Venmo, Alipay, etc.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B1C924F" w14:textId="16033EBB" w:rsidR="00243F70" w:rsidRDefault="006959DA" w:rsidP="00221265">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Screenshot</w:t>
+            </w:r>
+            <w:r w:rsidR="00C670F3">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of online bank balance</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="605F7858" w14:textId="61325C89" w:rsidR="00ED4BB4" w:rsidRPr="00F86978" w:rsidRDefault="00ED4BB4" w:rsidP="003316FD">
+    <w:p w14:paraId="242C9C1B" w14:textId="5EE51F05" w:rsidR="004F0CE3" w:rsidRDefault="00022ED8" w:rsidP="00022ED8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Below </w:t>
+      </w:r>
+      <w:r w:rsidR="00F8633A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is a </w:t>
+      </w:r>
+      <w:r w:rsidR="00221265">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sample </w:t>
+      </w:r>
+      <w:r w:rsidR="00F8633A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>bank letter</w:t>
+      </w:r>
+      <w:r w:rsidR="00221265">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> if you prefer to provide a bank letter rather than a bank statement</w:t>
+      </w:r>
+      <w:r w:rsidR="00F8633A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Your bank letter must include </w:t>
+      </w:r>
+      <w:r w:rsidR="00311B60">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>all</w:t>
+      </w:r>
+      <w:r w:rsidR="00F8633A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the information shown in this example letter.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29F6F2AE" w14:textId="7DAAE86D" w:rsidR="00022ED8" w:rsidRDefault="00F8633A" w:rsidP="00022ED8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F8633A">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="448FCA1D" wp14:editId="6FE1A360">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>5145437</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>93044</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2415174" cy="4998203"/>
+                <wp:effectExtent l="0" t="0" r="4445" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="217" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2415174" cy="4998203"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:noFill/>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="486CB90C" w14:textId="36BA708B" w:rsidR="00F8633A" w:rsidRPr="0085135F" w:rsidRDefault="00F8633A" w:rsidP="00F8633A">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:cstheme="minorHAnsi"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="DC0000"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="0085135F">
+                              <w:rPr>
+                                <w:rFonts w:cstheme="minorHAnsi"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="DC0000"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>1.</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00311B60" w:rsidRPr="0085135F">
+                              <w:rPr>
+                                <w:rFonts w:cstheme="minorHAnsi"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="DC0000"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> Official bank logo or letterhead</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="4E62DA60" w14:textId="5B3B3594" w:rsidR="00F8633A" w:rsidRPr="0085135F" w:rsidRDefault="00F8633A" w:rsidP="00F8633A">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:cstheme="minorHAnsi"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="DC0000"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="0085135F">
+                              <w:rPr>
+                                <w:rFonts w:cstheme="minorHAnsi"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="DC0000"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>2.</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00311B60" w:rsidRPr="0085135F">
+                              <w:rPr>
+                                <w:rFonts w:cstheme="minorHAnsi"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="DC0000"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> Date of letter: must be </w:t>
+                            </w:r>
+                            <w:r w:rsidR="001D26A4">
+                              <w:rPr>
+                                <w:rFonts w:cstheme="minorHAnsi"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="DC0000"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>dated</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00243F70">
+                              <w:rPr>
+                                <w:rFonts w:cstheme="minorHAnsi"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="DC0000"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> on</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00311B60" w:rsidRPr="0085135F">
+                              <w:rPr>
+                                <w:rFonts w:cstheme="minorHAnsi"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="DC0000"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> or after August 1, 2025</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="219B0B51" w14:textId="17578600" w:rsidR="00F8633A" w:rsidRPr="0085135F" w:rsidRDefault="00F8633A" w:rsidP="00F8633A">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:cstheme="minorHAnsi"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="DC0000"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="0085135F">
+                              <w:rPr>
+                                <w:rFonts w:cstheme="minorHAnsi"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="DC0000"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>3.</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00311B60" w:rsidRPr="0085135F">
+                              <w:rPr>
+                                <w:rFonts w:cstheme="minorHAnsi"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="DC0000"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> Account holder name</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="2C49ED43" w14:textId="611C39E1" w:rsidR="00F8633A" w:rsidRPr="0085135F" w:rsidRDefault="00F8633A" w:rsidP="00F8633A">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:cstheme="minorHAnsi"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="DC0000"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="0085135F">
+                              <w:rPr>
+                                <w:rFonts w:cstheme="minorHAnsi"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="DC0000"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>4.</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00311B60" w:rsidRPr="0085135F">
+                              <w:rPr>
+                                <w:rFonts w:cstheme="minorHAnsi"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="DC0000"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> Account type</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="67B77D05" w14:textId="00C71C01" w:rsidR="00F8633A" w:rsidRPr="0085135F" w:rsidRDefault="00F8633A" w:rsidP="00F8633A">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:cstheme="minorHAnsi"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="DC0000"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="0085135F">
+                              <w:rPr>
+                                <w:rFonts w:cstheme="minorHAnsi"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="DC0000"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>5.</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00311B60" w:rsidRPr="0085135F">
+                              <w:rPr>
+                                <w:rFonts w:cstheme="minorHAnsi"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="DC0000"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> Account number</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="6EBC84E1" w14:textId="47C43974" w:rsidR="00F8633A" w:rsidRPr="0085135F" w:rsidRDefault="00F8633A" w:rsidP="00F8633A">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:cstheme="minorHAnsi"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="DC0000"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="0085135F">
+                              <w:rPr>
+                                <w:rFonts w:cstheme="minorHAnsi"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="DC0000"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>6.</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00311B60" w:rsidRPr="0085135F">
+                              <w:rPr>
+                                <w:rFonts w:cstheme="minorHAnsi"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="DC0000"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> Current account balance</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00243F70">
+                              <w:rPr>
+                                <w:rFonts w:cstheme="minorHAnsi"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="DC0000"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>*</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="13328B99" w14:textId="0F83F5ED" w:rsidR="00F8633A" w:rsidRPr="0085135F" w:rsidRDefault="00F8633A" w:rsidP="00F8633A">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:cstheme="minorHAnsi"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="DC0000"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="0085135F">
+                              <w:rPr>
+                                <w:rFonts w:cstheme="minorHAnsi"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="DC0000"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>7.</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00311B60" w:rsidRPr="0085135F">
+                              <w:rPr>
+                                <w:rFonts w:cstheme="minorHAnsi"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="DC0000"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> Currency</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="586818C2" w14:textId="29051204" w:rsidR="00F8633A" w:rsidRPr="0085135F" w:rsidRDefault="00F8633A" w:rsidP="00F8633A">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:cstheme="minorHAnsi"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="DC0000"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="0085135F">
+                              <w:rPr>
+                                <w:rFonts w:cstheme="minorHAnsi"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="DC0000"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>8.</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00311B60" w:rsidRPr="0085135F">
+                              <w:rPr>
+                                <w:rFonts w:cstheme="minorHAnsi"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="DC0000"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> Confirmation that funds are liquid</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="1599A5CB" w14:textId="24BA0FE9" w:rsidR="00F8633A" w:rsidRPr="0085135F" w:rsidRDefault="00F8633A" w:rsidP="00F8633A">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:cstheme="minorHAnsi"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="DC0000"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="0085135F">
+                              <w:rPr>
+                                <w:rFonts w:cstheme="minorHAnsi"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="DC0000"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>9.</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00311B60" w:rsidRPr="0085135F">
+                              <w:rPr>
+                                <w:rFonts w:cstheme="minorHAnsi"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="DC0000"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> I-20 applicant’s name</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="6CFD4221" w14:textId="4E1DDFC2" w:rsidR="00F8633A" w:rsidRPr="0085135F" w:rsidRDefault="00F8633A" w:rsidP="00F8633A">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:cstheme="minorHAnsi"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="DC0000"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="0085135F">
+                              <w:rPr>
+                                <w:rFonts w:cstheme="minorHAnsi"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="DC0000"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>10.</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00311B60" w:rsidRPr="0085135F">
+                              <w:rPr>
+                                <w:rFonts w:cstheme="minorHAnsi"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="DC0000"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> Signature of bank official</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="19E57331" w14:textId="5F0028D5" w:rsidR="00F8633A" w:rsidRPr="0085135F" w:rsidRDefault="00F8633A" w:rsidP="00F8633A">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:cstheme="minorHAnsi"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="DC0000"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="0085135F">
+                              <w:rPr>
+                                <w:rFonts w:cstheme="minorHAnsi"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="DC0000"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>11.</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00311B60" w:rsidRPr="0085135F">
+                              <w:rPr>
+                                <w:rFonts w:cstheme="minorHAnsi"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="DC0000"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> Bank seal</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="74078A09" w14:textId="36FBCE2E" w:rsidR="00F8633A" w:rsidRPr="0085135F" w:rsidRDefault="00F8633A" w:rsidP="00F8633A">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:cstheme="minorHAnsi"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="DC0000"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="0085135F">
+                              <w:rPr>
+                                <w:rFonts w:cstheme="minorHAnsi"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="DC0000"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>12.</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00311B60" w:rsidRPr="0085135F">
+                              <w:rPr>
+                                <w:rFonts w:cstheme="minorHAnsi"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="DC0000"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidR="00243F70">
+                              <w:rPr>
+                                <w:rFonts w:cstheme="minorHAnsi"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="DC0000"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>Letter written in English**</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype w14:anchorId="448FCA1D" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:405.15pt;margin-top:7.35pt;width:190.15pt;height:393.55pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDj3kH7DgIAAPcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/01xI2TZqulq6FCEt&#10;F2nhAxzHaSwcj7HdJuXrGTvZboE3hB8sj2d8ZubM8eZ27BU5Cesk6Ipmi5QSoTk0Uh8q+u3r/tWK&#10;EueZbpgCLSp6Fo7ebl++2AymFDl0oBphCYJoVw6mop33pkwSxzvRM7cAIzQ6W7A982jaQ9JYNiB6&#10;r5I8Td8kA9jGWODCOby9n5x0G/HbVnD/uW2d8ERVFGvzcbdxr8OebDesPFhmOsnnMtg/VNEzqTHp&#10;BeqeeUaOVv4F1UtuwUHrFxz6BNpWchF7wG6y9I9uHjtmROwFyXHmQpP7f7D80+nRfLHEj29hxAHG&#10;Jpx5AP7dEQ27jumDuLMWhk6wBhNngbJkMK6cnwaqXekCSD18hAaHzI4eItDY2j6wgn0SRMcBnC+k&#10;i9ETjpd5kS2zm4ISjr5ivV7l6euYg5VPz411/r2AnoRDRS1ONcKz04PzoRxWPoWEbA6UbPZSqWjY&#10;Q71TlpwYKmAf14z+W5jSZKjoepkvI7KG8D6Ko5ceFapkX9FVGtakmUDHO93EEM+kms5YidIzP4GS&#10;iRw/1iMGBp5qaM7IlIVJifhz8NCB/UnJgCqsqPtxZFZQoj5oZHudFUWQbTSK5U2Ohr321NcepjlC&#10;VdRTMh13Pko98KDhDqfSysjXcyVzraiuSOP8E4J8r+0Y9fxft78AAAD//wMAUEsDBBQABgAIAAAA&#10;IQDGYgO23gAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/RToNAEEXfTfyHzTTxxdhdtAJFlkZN&#10;NH1t7QcMsAVSdpaw20L/3umTPk7Ozb1n8s1se3Exo+8caYiWCoShytUdNRoOP19PKQgfkGrsHRkN&#10;V+NhU9zf5ZjVbqKduexDI7iEfIYa2hCGTEpftcaiX7rBELOjGy0GPsdG1iNOXG57+axULC12xAst&#10;DuazNdVpf7Yajtvp8XU9ld/hkOxW8Qd2SemuWj8s5vc3EMHM4S8MN31Wh4KdSnem2oteQxqpF44y&#10;WCUgboForWIQJSMVpSCLXP7/ofgFAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA495B+w4C&#10;AAD3AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAxmID&#10;tt4AAAALAQAADwAAAAAAAAAAAAAAAABoBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AHMFAAAAAA==&#10;" stroked="f">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="486CB90C" w14:textId="36BA708B" w:rsidR="00F8633A" w:rsidRPr="0085135F" w:rsidRDefault="00F8633A" w:rsidP="00F8633A">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:cstheme="minorHAnsi"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="DC0000"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="0085135F">
+                        <w:rPr>
+                          <w:rFonts w:cstheme="minorHAnsi"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="DC0000"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                        <w:t>1.</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00311B60" w:rsidRPr="0085135F">
+                        <w:rPr>
+                          <w:rFonts w:cstheme="minorHAnsi"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="DC0000"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> Official bank logo or letterhead</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="4E62DA60" w14:textId="5B3B3594" w:rsidR="00F8633A" w:rsidRPr="0085135F" w:rsidRDefault="00F8633A" w:rsidP="00F8633A">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:cstheme="minorHAnsi"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="DC0000"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="0085135F">
+                        <w:rPr>
+                          <w:rFonts w:cstheme="minorHAnsi"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="DC0000"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                        <w:t>2.</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00311B60" w:rsidRPr="0085135F">
+                        <w:rPr>
+                          <w:rFonts w:cstheme="minorHAnsi"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="DC0000"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> Date of letter: must be </w:t>
+                      </w:r>
+                      <w:r w:rsidR="001D26A4">
+                        <w:rPr>
+                          <w:rFonts w:cstheme="minorHAnsi"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="DC0000"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                        <w:t>dated</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00243F70">
+                        <w:rPr>
+                          <w:rFonts w:cstheme="minorHAnsi"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="DC0000"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> on</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00311B60" w:rsidRPr="0085135F">
+                        <w:rPr>
+                          <w:rFonts w:cstheme="minorHAnsi"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="DC0000"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> or after August 1, 2025</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="219B0B51" w14:textId="17578600" w:rsidR="00F8633A" w:rsidRPr="0085135F" w:rsidRDefault="00F8633A" w:rsidP="00F8633A">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:cstheme="minorHAnsi"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="DC0000"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="0085135F">
+                        <w:rPr>
+                          <w:rFonts w:cstheme="minorHAnsi"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="DC0000"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                        <w:t>3.</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00311B60" w:rsidRPr="0085135F">
+                        <w:rPr>
+                          <w:rFonts w:cstheme="minorHAnsi"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="DC0000"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> Account holder name</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="2C49ED43" w14:textId="611C39E1" w:rsidR="00F8633A" w:rsidRPr="0085135F" w:rsidRDefault="00F8633A" w:rsidP="00F8633A">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:cstheme="minorHAnsi"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="DC0000"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="0085135F">
+                        <w:rPr>
+                          <w:rFonts w:cstheme="minorHAnsi"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="DC0000"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                        <w:t>4.</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00311B60" w:rsidRPr="0085135F">
+                        <w:rPr>
+                          <w:rFonts w:cstheme="minorHAnsi"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="DC0000"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> Account type</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="67B77D05" w14:textId="00C71C01" w:rsidR="00F8633A" w:rsidRPr="0085135F" w:rsidRDefault="00F8633A" w:rsidP="00F8633A">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:cstheme="minorHAnsi"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="DC0000"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="0085135F">
+                        <w:rPr>
+                          <w:rFonts w:cstheme="minorHAnsi"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="DC0000"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                        <w:t>5.</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00311B60" w:rsidRPr="0085135F">
+                        <w:rPr>
+                          <w:rFonts w:cstheme="minorHAnsi"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="DC0000"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> Account number</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="6EBC84E1" w14:textId="47C43974" w:rsidR="00F8633A" w:rsidRPr="0085135F" w:rsidRDefault="00F8633A" w:rsidP="00F8633A">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:cstheme="minorHAnsi"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="DC0000"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="0085135F">
+                        <w:rPr>
+                          <w:rFonts w:cstheme="minorHAnsi"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="DC0000"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                        <w:t>6.</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00311B60" w:rsidRPr="0085135F">
+                        <w:rPr>
+                          <w:rFonts w:cstheme="minorHAnsi"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="DC0000"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> Current account balance</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00243F70">
+                        <w:rPr>
+                          <w:rFonts w:cstheme="minorHAnsi"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="DC0000"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                        <w:t>*</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="13328B99" w14:textId="0F83F5ED" w:rsidR="00F8633A" w:rsidRPr="0085135F" w:rsidRDefault="00F8633A" w:rsidP="00F8633A">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:cstheme="minorHAnsi"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="DC0000"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="0085135F">
+                        <w:rPr>
+                          <w:rFonts w:cstheme="minorHAnsi"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="DC0000"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                        <w:t>7.</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00311B60" w:rsidRPr="0085135F">
+                        <w:rPr>
+                          <w:rFonts w:cstheme="minorHAnsi"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="DC0000"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> Currency</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="586818C2" w14:textId="29051204" w:rsidR="00F8633A" w:rsidRPr="0085135F" w:rsidRDefault="00F8633A" w:rsidP="00F8633A">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:cstheme="minorHAnsi"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="DC0000"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="0085135F">
+                        <w:rPr>
+                          <w:rFonts w:cstheme="minorHAnsi"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="DC0000"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                        <w:t>8.</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00311B60" w:rsidRPr="0085135F">
+                        <w:rPr>
+                          <w:rFonts w:cstheme="minorHAnsi"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="DC0000"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> Confirmation that funds are liquid</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="1599A5CB" w14:textId="24BA0FE9" w:rsidR="00F8633A" w:rsidRPr="0085135F" w:rsidRDefault="00F8633A" w:rsidP="00F8633A">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:cstheme="minorHAnsi"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="DC0000"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="0085135F">
+                        <w:rPr>
+                          <w:rFonts w:cstheme="minorHAnsi"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="DC0000"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                        <w:t>9.</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00311B60" w:rsidRPr="0085135F">
+                        <w:rPr>
+                          <w:rFonts w:cstheme="minorHAnsi"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="DC0000"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> I-20 applicant’s name</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="6CFD4221" w14:textId="4E1DDFC2" w:rsidR="00F8633A" w:rsidRPr="0085135F" w:rsidRDefault="00F8633A" w:rsidP="00F8633A">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:cstheme="minorHAnsi"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="DC0000"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="0085135F">
+                        <w:rPr>
+                          <w:rFonts w:cstheme="minorHAnsi"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="DC0000"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                        <w:t>10.</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00311B60" w:rsidRPr="0085135F">
+                        <w:rPr>
+                          <w:rFonts w:cstheme="minorHAnsi"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="DC0000"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> Signature of bank official</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="19E57331" w14:textId="5F0028D5" w:rsidR="00F8633A" w:rsidRPr="0085135F" w:rsidRDefault="00F8633A" w:rsidP="00F8633A">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:cstheme="minorHAnsi"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="DC0000"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="0085135F">
+                        <w:rPr>
+                          <w:rFonts w:cstheme="minorHAnsi"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="DC0000"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                        <w:t>11.</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00311B60" w:rsidRPr="0085135F">
+                        <w:rPr>
+                          <w:rFonts w:cstheme="minorHAnsi"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="DC0000"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> Bank seal</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="74078A09" w14:textId="36FBCE2E" w:rsidR="00F8633A" w:rsidRPr="0085135F" w:rsidRDefault="00F8633A" w:rsidP="00F8633A">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:cstheme="minorHAnsi"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="DC0000"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="0085135F">
+                        <w:rPr>
+                          <w:rFonts w:cstheme="minorHAnsi"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="DC0000"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                        <w:t>12.</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00311B60" w:rsidRPr="0085135F">
+                        <w:rPr>
+                          <w:rFonts w:cstheme="minorHAnsi"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="DC0000"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidR="00243F70">
+                        <w:rPr>
+                          <w:rFonts w:cstheme="minorHAnsi"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="DC0000"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                        <w:t>Letter written in English**</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="44CC24E1" wp14:editId="595AB92A">
+            <wp:extent cx="4178257" cy="5408908"/>
+            <wp:effectExtent l="190500" t="171450" r="184785" b="192405"/>
+            <wp:docPr id="1784902854" name="Picture 1" descr="A sample bank letter that students may ask their banks to replicate. There are numbers on the letter that correspond with the 12-point list to the right of this letter pointing to corresponding required elements for the letter."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1784902854" name="Picture 1" descr="A sample bank letter that students may ask their banks to replicate. There are numbers on the letter that correspond with the 12-point list to the right of this letter pointing to corresponding required elements for the letter."/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId11" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="4178257" cy="5408908"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:solidFill>
+                      <a:srgbClr val="FFFFFF">
+                        <a:shade val="85000"/>
+                      </a:srgbClr>
+                    </a:solidFill>
+                    <a:ln w="190500" cap="rnd">
+                      <a:solidFill>
+                        <a:srgbClr val="FFFFFF"/>
+                      </a:solidFill>
+                    </a:ln>
+                    <a:effectLst>
+                      <a:outerShdw blurRad="50000" algn="tl" rotWithShape="0">
+                        <a:srgbClr val="000000">
+                          <a:alpha val="41000"/>
+                        </a:srgbClr>
+                      </a:outerShdw>
+                    </a:effectLst>
+                    <a:scene3d>
+                      <a:camera prst="orthographicFront"/>
+                      <a:lightRig rig="twoPt" dir="t">
+                        <a:rot lat="0" lon="0" rev="7800000"/>
+                      </a:lightRig>
+                    </a:scene3d>
+                    <a:sp3d contourW="6350">
+                      <a:bevelT w="50800" h="16510"/>
+                      <a:contourClr>
+                        <a:srgbClr val="C0C0C0"/>
+                      </a:contourClr>
+                    </a:sp3d>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DDB8AD0" w14:textId="55AC3347" w:rsidR="00311B60" w:rsidRPr="00CA329D" w:rsidRDefault="00CA329D" w:rsidP="00CA329D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidR="00243F70" w:rsidRPr="00CA329D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If you do not wish to disclose the exact </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>account balance,</w:t>
+      </w:r>
+      <w:r w:rsidR="00243F70" w:rsidRPr="00CA329D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the letter can state “</w:t>
+      </w:r>
+      <w:r w:rsidR="00C670F3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="00243F70" w:rsidRPr="00CA329D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>he current available balance is greater than [minimum a</w:t>
+      </w:r>
+      <w:r w:rsidR="00C670F3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="00243F70" w:rsidRPr="00CA329D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ount required] [currency]</w:t>
+      </w:r>
+      <w:r w:rsidR="006959DA" w:rsidRPr="00CA329D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74F9A0B9" w14:textId="77777777" w:rsidR="00CA329D" w:rsidRPr="00CA329D" w:rsidRDefault="00243F70" w:rsidP="00CA329D">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>**</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA329D" w:rsidRPr="00CA329D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>There are a few ways you can obtain an English-language financial document:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05713A6F" w14:textId="1F490F7B" w:rsidR="00CA329D" w:rsidRPr="00CA329D" w:rsidRDefault="00CA329D" w:rsidP="00CA329D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Contact</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA329D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> your bank directly and see if your bank's manager </w:t>
+      </w:r>
+      <w:r w:rsidR="005E586B" w:rsidRPr="00CA329D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>can</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA329D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> issue an official/signed letter </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>similar to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the above sample.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63DB5D15" w14:textId="58DE2E79" w:rsidR="00CA329D" w:rsidRPr="00CA329D" w:rsidRDefault="00CA329D" w:rsidP="00CA329D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA329D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">If option </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA329D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>is not possible, then you will need to obtain an official translation from a licensed translator. If you choose this route, you must also submit the paperwork for this service in addition to both translated and original documents.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="044B108E" w14:textId="00A397DB" w:rsidR="00243F70" w:rsidRDefault="00842C2B" w:rsidP="00842C2B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1745"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20B29371" w14:textId="0BFAC2B7" w:rsidR="006959DA" w:rsidRDefault="004F6095" w:rsidP="006959DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C34C8D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>IMPORTANT</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C34C8D">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C34C8D">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PLEASE ENSURE you upload </w:t>
+      </w:r>
+      <w:r w:rsidR="00311B60">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C34C8D">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Certificate of Finances form to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C34C8D">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Certificate of Finances </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C34C8D">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>section of your I-20 task in your MyDCE Portal.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC48A1" w:rsidRPr="00C34C8D">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C34C8D">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Any supplementary financial documents, including bank statements and letters, should be uploaded to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C34C8D">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Supporting Financial Documentation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C34C8D">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> section of your I-20 task in your MyDCE Portal.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3788FA80" w14:textId="77777777" w:rsidR="006959DA" w:rsidRDefault="006959DA" w:rsidP="006959DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A1003E7" w14:textId="77777777" w:rsidR="00DE64E0" w:rsidRDefault="00DE64E0" w:rsidP="006959DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D5CD455" w14:textId="77777777" w:rsidR="00DE64E0" w:rsidRDefault="00DE64E0" w:rsidP="006959DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D41AE84" w14:textId="77777777" w:rsidR="00DE64E0" w:rsidRDefault="00DE64E0" w:rsidP="006959DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03165966" w14:textId="77777777" w:rsidR="00DE64E0" w:rsidRDefault="00DE64E0" w:rsidP="006959DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="712526DC" w14:textId="77777777" w:rsidR="00DE64E0" w:rsidRDefault="00DE64E0" w:rsidP="006959DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68BC4727" w14:textId="77777777" w:rsidR="00DE64E0" w:rsidRDefault="00DE64E0" w:rsidP="006959DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7192ED12" w14:textId="77777777" w:rsidR="00DE64E0" w:rsidRDefault="00DE64E0" w:rsidP="006959DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39FA8816" w14:textId="77777777" w:rsidR="00DE64E0" w:rsidRDefault="00DE64E0" w:rsidP="006959DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4AFB06A9" w14:textId="77777777" w:rsidR="00DE64E0" w:rsidRDefault="00DE64E0" w:rsidP="006959DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5055B0E4" w14:textId="77777777" w:rsidR="00DE64E0" w:rsidRDefault="00DE64E0" w:rsidP="006959DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A5DC911" w14:textId="77777777" w:rsidR="00DE64E0" w:rsidRDefault="00DE64E0" w:rsidP="006959DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="299BC0C1" w14:textId="77777777" w:rsidR="00DE64E0" w:rsidRPr="00311B60" w:rsidRDefault="00DE64E0" w:rsidP="006959DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5719B009" w14:textId="77777777" w:rsidR="000A7911" w:rsidRDefault="000A7911" w:rsidP="003316FD">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...157 lines deleted...]
-        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...188 lines deleted...]
-    <w:p w14:paraId="5753F649" w14:textId="315F450E" w:rsidR="00E406A7" w:rsidRPr="003827C6" w:rsidRDefault="00156FCA" w:rsidP="004A0AC5">
+          <w:color w:val="A41034"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5753F649" w14:textId="3DC38CB0" w:rsidR="00E406A7" w:rsidRPr="003827C6" w:rsidRDefault="00156FCA" w:rsidP="000B4AEF">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003827C6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>EXAMPLE LETTER FOR YOUR SCHOOL/COMPANY/ORGANIZATION</w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r w:rsidR="00104B7E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="003827C6">
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+        <w:t>/GOVERNMENT</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B205A17" w14:textId="77777777" w:rsidR="00156FCA" w:rsidRDefault="00156FCA" w:rsidP="004A0AC5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="506E3258" w14:textId="2C82F71F" w:rsidR="00156FCA" w:rsidRPr="003827C6" w:rsidRDefault="00156FCA" w:rsidP="004A0AC5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003827C6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>[Print and sign on official letterhead]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08C4F247" w14:textId="77777777" w:rsidR="00156FCA" w:rsidRDefault="00156FCA" w:rsidP="004A0AC5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="72C8A7E5" w14:textId="0EAE75EF" w:rsidR="00156FCA" w:rsidRDefault="00156FCA" w:rsidP="004A0AC5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -5310,194 +9429,174 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>[Enter name of official from school/company/organization here]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="764E118E" w14:textId="6642B333" w:rsidR="00156FCA" w:rsidRDefault="00156FCA" w:rsidP="004A0AC5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>[Enter title of official from school/company/organization here]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13AEE2D7" w14:textId="041FBF0A" w:rsidR="00156FCA" w:rsidRDefault="00156FCA" w:rsidP="004A0AC5">
+    <w:p w14:paraId="30DC3A6F" w14:textId="176B90A5" w:rsidR="00156FCA" w:rsidRDefault="00156FCA" w:rsidP="004A0AC5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>[Enter contact information of official from school/company/organization here]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37B8CD7C" w14:textId="77777777" w:rsidR="00156FCA" w:rsidRDefault="00156FCA" w:rsidP="004A0AC5">
+    <w:p w14:paraId="298D52BD" w14:textId="0DAE6965" w:rsidR="004F4A90" w:rsidRPr="00156FCA" w:rsidRDefault="00156FCA" w:rsidP="004A0AC5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...52 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">[School/company/organization signature/stamp/seal </w:t>
       </w:r>
       <w:r w:rsidR="002D5240">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>goes in this blank space here]</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00156FCA" w:rsidRPr="00156FCA" w:rsidSect="00A47E5E">
-      <w:footerReference w:type="default" r:id="rId10"/>
+    <w:sectPr w:rsidR="004F4A90" w:rsidRPr="00156FCA" w:rsidSect="00A47E5E">
+      <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="56D7CFC3" w14:textId="77777777" w:rsidR="004C238C" w:rsidRDefault="004C238C" w:rsidP="001744AE">
+    <w:p w14:paraId="1C34E595" w14:textId="77777777" w:rsidR="00DB3D47" w:rsidRDefault="00DB3D47" w:rsidP="001744AE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2C18191E" w14:textId="77777777" w:rsidR="004C238C" w:rsidRDefault="004C238C" w:rsidP="001744AE">
+    <w:p w14:paraId="36FF09CD" w14:textId="77777777" w:rsidR="00DB3D47" w:rsidRDefault="00DB3D47" w:rsidP="001744AE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-    <w:panose1 w:val="02020603050405020304"/>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1855995364"/>
       <w:docPartObj>
@@ -5551,75 +9650,568 @@
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="001744AE">
           <w:rPr>
             <w:noProof/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="60D5E174" w14:textId="77777777" w:rsidR="001744AE" w:rsidRDefault="001744AE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="58311F16" w14:textId="77777777" w:rsidR="004C238C" w:rsidRDefault="004C238C" w:rsidP="001744AE">
+    <w:p w14:paraId="0241557B" w14:textId="77777777" w:rsidR="00DB3D47" w:rsidRDefault="00DB3D47" w:rsidP="001744AE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7BA5C666" w14:textId="77777777" w:rsidR="004C238C" w:rsidRDefault="004C238C" w:rsidP="001744AE">
+    <w:p w14:paraId="7E5EA5E1" w14:textId="77777777" w:rsidR="00DB3D47" w:rsidRDefault="00DB3D47" w:rsidP="001744AE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1253389C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BAA26A80"/>
+    <w:lvl w:ilvl="0" w:tplc="2514CB7A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="172635A2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="169CBC1C"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="21D94A2E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5F9C4A04"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="291D6E58"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="FDEAB8D4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2BB612C7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D38662B2"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="403E5DA5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7068B86E"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -5661,230 +10253,975 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="450B7CA2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F20AF978"/>
+    <w:lvl w:ilvl="0" w:tplc="8B722692">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Aptos" w:cstheme="minorBidi" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="51405BF1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0610E3D2"/>
+    <w:lvl w:ilvl="0" w:tplc="8B722692">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Aptos" w:cstheme="minorBidi" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="575B74DB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="316EAA56"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5E343FB5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6E8EB31E"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="65AD7998"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="19F65334"/>
+    <w:lvl w:ilvl="0" w:tplc="BA1C3600">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol" w:hint="default"/>
+        <w:sz w:val="28"/>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="64570196">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="506479377">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="956062130">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="777339036">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="462038397">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1421632859">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="625353438">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1537892762">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="965159214">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="608466174">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1938521492">
+    <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="V+8/gmpSZEoUPZ1yUHLg7Dd3DRklVjOguWh0XDmoip4SeYskV0d87VLz5LklwrSPd2VDxLYOlZxfLygVug2tog==" w:salt="GSwV4M6q100dBSgvb9WBoA=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="C5UzLl+czMHeDYFbikgEXHL26o5KgAdM4s81lDJUgecTlQo8d7Gr8Ytan26WJHm4OHVYqvbHlcvw7GBEC/IFoQ==" w:salt="Wbf9V5zlKxk6SlBezIENfg=="/>
   <w:defaultTabStop w:val="720"/>
+  <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00584943"/>
+    <w:rsid w:val="0000392F"/>
+    <w:rsid w:val="00022ED8"/>
     <w:rsid w:val="00027614"/>
     <w:rsid w:val="00027B34"/>
+    <w:rsid w:val="00031BB6"/>
     <w:rsid w:val="0003357F"/>
+    <w:rsid w:val="000430DA"/>
     <w:rsid w:val="00052E48"/>
+    <w:rsid w:val="00061693"/>
+    <w:rsid w:val="0006423A"/>
     <w:rsid w:val="00065A2E"/>
+    <w:rsid w:val="00085D77"/>
+    <w:rsid w:val="00086651"/>
     <w:rsid w:val="00087FB5"/>
+    <w:rsid w:val="000A450D"/>
+    <w:rsid w:val="000A7462"/>
+    <w:rsid w:val="000A75F5"/>
+    <w:rsid w:val="000A7911"/>
     <w:rsid w:val="000B34DD"/>
+    <w:rsid w:val="000B4AEF"/>
+    <w:rsid w:val="000B6604"/>
+    <w:rsid w:val="000C6AFB"/>
     <w:rsid w:val="000D130B"/>
     <w:rsid w:val="000F2C50"/>
+    <w:rsid w:val="000F5B64"/>
+    <w:rsid w:val="00104B7E"/>
+    <w:rsid w:val="0010741E"/>
+    <w:rsid w:val="00110DBF"/>
     <w:rsid w:val="00130008"/>
     <w:rsid w:val="001325F2"/>
     <w:rsid w:val="00133C61"/>
     <w:rsid w:val="00137E87"/>
     <w:rsid w:val="00156FCA"/>
     <w:rsid w:val="001744AE"/>
     <w:rsid w:val="00175877"/>
+    <w:rsid w:val="001902DA"/>
     <w:rsid w:val="001B1817"/>
+    <w:rsid w:val="001C3878"/>
+    <w:rsid w:val="001C5350"/>
+    <w:rsid w:val="001D26A4"/>
     <w:rsid w:val="001D2BAF"/>
     <w:rsid w:val="001E40B7"/>
     <w:rsid w:val="001E6E2E"/>
     <w:rsid w:val="001F3450"/>
     <w:rsid w:val="0020049A"/>
     <w:rsid w:val="00212F10"/>
     <w:rsid w:val="00213FFB"/>
+    <w:rsid w:val="00217BD3"/>
+    <w:rsid w:val="00221265"/>
+    <w:rsid w:val="00223AD2"/>
     <w:rsid w:val="00241288"/>
+    <w:rsid w:val="00243F70"/>
     <w:rsid w:val="00245016"/>
+    <w:rsid w:val="00260854"/>
+    <w:rsid w:val="00262865"/>
     <w:rsid w:val="00264F71"/>
+    <w:rsid w:val="00267CDC"/>
     <w:rsid w:val="00291022"/>
     <w:rsid w:val="002915D8"/>
     <w:rsid w:val="00296624"/>
     <w:rsid w:val="002A6D93"/>
     <w:rsid w:val="002A743A"/>
     <w:rsid w:val="002B6627"/>
     <w:rsid w:val="002C42C2"/>
     <w:rsid w:val="002D5240"/>
     <w:rsid w:val="002E2606"/>
+    <w:rsid w:val="002F2ECA"/>
+    <w:rsid w:val="002F6215"/>
+    <w:rsid w:val="00303D27"/>
+    <w:rsid w:val="00307092"/>
+    <w:rsid w:val="003119FA"/>
+    <w:rsid w:val="00311B60"/>
     <w:rsid w:val="003139B8"/>
+    <w:rsid w:val="00323557"/>
     <w:rsid w:val="003316FD"/>
+    <w:rsid w:val="00336C1E"/>
     <w:rsid w:val="00352D0D"/>
+    <w:rsid w:val="0036012F"/>
     <w:rsid w:val="003627BA"/>
     <w:rsid w:val="0037010C"/>
+    <w:rsid w:val="00381D59"/>
+    <w:rsid w:val="003825F0"/>
     <w:rsid w:val="003827C6"/>
+    <w:rsid w:val="00391B0C"/>
+    <w:rsid w:val="003D0BB6"/>
     <w:rsid w:val="003E2771"/>
+    <w:rsid w:val="003F4888"/>
+    <w:rsid w:val="00400B7E"/>
     <w:rsid w:val="00423664"/>
+    <w:rsid w:val="00423855"/>
     <w:rsid w:val="00427119"/>
+    <w:rsid w:val="00434ECC"/>
+    <w:rsid w:val="0043501A"/>
+    <w:rsid w:val="00451340"/>
+    <w:rsid w:val="00464196"/>
+    <w:rsid w:val="00477807"/>
+    <w:rsid w:val="00485B04"/>
+    <w:rsid w:val="004928A3"/>
+    <w:rsid w:val="004954CB"/>
     <w:rsid w:val="00497483"/>
     <w:rsid w:val="004A0AC5"/>
     <w:rsid w:val="004A5124"/>
     <w:rsid w:val="004C238C"/>
+    <w:rsid w:val="004D1698"/>
+    <w:rsid w:val="004D3A9A"/>
+    <w:rsid w:val="004F0CE3"/>
+    <w:rsid w:val="004F4A90"/>
+    <w:rsid w:val="004F6095"/>
+    <w:rsid w:val="005341C7"/>
+    <w:rsid w:val="00536CB7"/>
+    <w:rsid w:val="00544EA3"/>
+    <w:rsid w:val="00546D40"/>
+    <w:rsid w:val="00556DE3"/>
+    <w:rsid w:val="0055796C"/>
     <w:rsid w:val="005808E0"/>
     <w:rsid w:val="00584943"/>
+    <w:rsid w:val="005873A0"/>
+    <w:rsid w:val="00591000"/>
     <w:rsid w:val="00592CE7"/>
     <w:rsid w:val="005A6B13"/>
     <w:rsid w:val="005A7877"/>
+    <w:rsid w:val="005B0196"/>
     <w:rsid w:val="005B199A"/>
     <w:rsid w:val="005B3B4A"/>
     <w:rsid w:val="005B47C2"/>
     <w:rsid w:val="005E098A"/>
+    <w:rsid w:val="005E586B"/>
+    <w:rsid w:val="005F024A"/>
+    <w:rsid w:val="00600EB9"/>
     <w:rsid w:val="00601A60"/>
     <w:rsid w:val="0060520C"/>
     <w:rsid w:val="00643E85"/>
     <w:rsid w:val="00644B63"/>
+    <w:rsid w:val="0065193C"/>
     <w:rsid w:val="0065202D"/>
+    <w:rsid w:val="006571A7"/>
+    <w:rsid w:val="00662361"/>
+    <w:rsid w:val="00666004"/>
     <w:rsid w:val="00666120"/>
+    <w:rsid w:val="00666C47"/>
+    <w:rsid w:val="00670AF0"/>
     <w:rsid w:val="00670E0E"/>
+    <w:rsid w:val="00675CE9"/>
     <w:rsid w:val="00675F69"/>
     <w:rsid w:val="00677871"/>
     <w:rsid w:val="006807B0"/>
+    <w:rsid w:val="00681651"/>
+    <w:rsid w:val="006959DA"/>
     <w:rsid w:val="00697C41"/>
+    <w:rsid w:val="006A31FE"/>
+    <w:rsid w:val="006A544C"/>
     <w:rsid w:val="006C0AED"/>
+    <w:rsid w:val="006C3F64"/>
     <w:rsid w:val="006D25E0"/>
+    <w:rsid w:val="006D3D3E"/>
+    <w:rsid w:val="006E2DAD"/>
     <w:rsid w:val="006F2527"/>
+    <w:rsid w:val="007012A0"/>
+    <w:rsid w:val="0073035A"/>
+    <w:rsid w:val="0073701B"/>
     <w:rsid w:val="00745B2A"/>
     <w:rsid w:val="00747F34"/>
     <w:rsid w:val="00750BB3"/>
     <w:rsid w:val="0076391C"/>
     <w:rsid w:val="00764408"/>
     <w:rsid w:val="00797EA0"/>
+    <w:rsid w:val="007B0065"/>
     <w:rsid w:val="007E2CD0"/>
+    <w:rsid w:val="00825C7F"/>
+    <w:rsid w:val="00826DF4"/>
+    <w:rsid w:val="00837BF3"/>
+    <w:rsid w:val="00842C2B"/>
+    <w:rsid w:val="0085135F"/>
     <w:rsid w:val="008540C2"/>
+    <w:rsid w:val="00861062"/>
+    <w:rsid w:val="0086166D"/>
+    <w:rsid w:val="00861FF5"/>
     <w:rsid w:val="008620D2"/>
     <w:rsid w:val="00884CB0"/>
     <w:rsid w:val="0089738D"/>
     <w:rsid w:val="00897420"/>
     <w:rsid w:val="008B38A6"/>
     <w:rsid w:val="008E49CE"/>
+    <w:rsid w:val="008F0C1F"/>
     <w:rsid w:val="008F4531"/>
+    <w:rsid w:val="008F719F"/>
     <w:rsid w:val="008F731F"/>
     <w:rsid w:val="00907230"/>
+    <w:rsid w:val="009264E6"/>
+    <w:rsid w:val="009301ED"/>
     <w:rsid w:val="00933618"/>
+    <w:rsid w:val="00933D39"/>
     <w:rsid w:val="009519AC"/>
+    <w:rsid w:val="0095603F"/>
     <w:rsid w:val="00965430"/>
     <w:rsid w:val="00972B80"/>
     <w:rsid w:val="00982A7E"/>
+    <w:rsid w:val="009843D6"/>
+    <w:rsid w:val="009A11D9"/>
     <w:rsid w:val="009B016E"/>
+    <w:rsid w:val="009B74A1"/>
+    <w:rsid w:val="009D198C"/>
+    <w:rsid w:val="009D55E1"/>
     <w:rsid w:val="009E4F7E"/>
     <w:rsid w:val="009F2656"/>
+    <w:rsid w:val="00A0353C"/>
     <w:rsid w:val="00A06F85"/>
     <w:rsid w:val="00A12440"/>
     <w:rsid w:val="00A15697"/>
     <w:rsid w:val="00A15699"/>
     <w:rsid w:val="00A46CBB"/>
     <w:rsid w:val="00A47E5E"/>
     <w:rsid w:val="00A55163"/>
+    <w:rsid w:val="00A631BC"/>
     <w:rsid w:val="00AD10C9"/>
+    <w:rsid w:val="00AD6BBD"/>
     <w:rsid w:val="00AE2B1D"/>
     <w:rsid w:val="00AF12C0"/>
+    <w:rsid w:val="00B0385D"/>
+    <w:rsid w:val="00B04848"/>
     <w:rsid w:val="00B168C8"/>
+    <w:rsid w:val="00B224F4"/>
     <w:rsid w:val="00B30B85"/>
     <w:rsid w:val="00B31C44"/>
+    <w:rsid w:val="00B41B3C"/>
+    <w:rsid w:val="00B45AD1"/>
+    <w:rsid w:val="00B51000"/>
+    <w:rsid w:val="00B53C20"/>
     <w:rsid w:val="00B66746"/>
     <w:rsid w:val="00B75D76"/>
+    <w:rsid w:val="00B911BF"/>
+    <w:rsid w:val="00B9499A"/>
     <w:rsid w:val="00BB58F5"/>
     <w:rsid w:val="00BC4D40"/>
     <w:rsid w:val="00BD6855"/>
+    <w:rsid w:val="00BE138B"/>
+    <w:rsid w:val="00BE3377"/>
+    <w:rsid w:val="00BF0456"/>
+    <w:rsid w:val="00C1397A"/>
     <w:rsid w:val="00C31737"/>
+    <w:rsid w:val="00C34C8D"/>
     <w:rsid w:val="00C52469"/>
+    <w:rsid w:val="00C568EC"/>
+    <w:rsid w:val="00C6210F"/>
+    <w:rsid w:val="00C63F07"/>
+    <w:rsid w:val="00C670F3"/>
+    <w:rsid w:val="00C67276"/>
     <w:rsid w:val="00C678B9"/>
     <w:rsid w:val="00C81F62"/>
+    <w:rsid w:val="00C85273"/>
+    <w:rsid w:val="00C85649"/>
     <w:rsid w:val="00C927FE"/>
+    <w:rsid w:val="00CA329D"/>
+    <w:rsid w:val="00CB0DE5"/>
+    <w:rsid w:val="00CE720B"/>
     <w:rsid w:val="00CF5CFC"/>
+    <w:rsid w:val="00CF7862"/>
+    <w:rsid w:val="00D07F14"/>
+    <w:rsid w:val="00D17017"/>
+    <w:rsid w:val="00D21C3D"/>
+    <w:rsid w:val="00D2698C"/>
     <w:rsid w:val="00D3703B"/>
+    <w:rsid w:val="00D40398"/>
+    <w:rsid w:val="00D4757D"/>
     <w:rsid w:val="00D507C3"/>
     <w:rsid w:val="00D57334"/>
+    <w:rsid w:val="00D61B86"/>
+    <w:rsid w:val="00D74C71"/>
     <w:rsid w:val="00D80AE4"/>
     <w:rsid w:val="00D849BB"/>
+    <w:rsid w:val="00D850A2"/>
     <w:rsid w:val="00D85818"/>
     <w:rsid w:val="00D910A3"/>
+    <w:rsid w:val="00DB3D47"/>
     <w:rsid w:val="00DB7C79"/>
+    <w:rsid w:val="00DD17BC"/>
+    <w:rsid w:val="00DD2B0A"/>
     <w:rsid w:val="00DE0E0B"/>
+    <w:rsid w:val="00DE64E0"/>
+    <w:rsid w:val="00DF003A"/>
     <w:rsid w:val="00DF267C"/>
     <w:rsid w:val="00DF2B52"/>
     <w:rsid w:val="00E016F2"/>
     <w:rsid w:val="00E117A2"/>
     <w:rsid w:val="00E26B4C"/>
+    <w:rsid w:val="00E304A6"/>
     <w:rsid w:val="00E406A7"/>
     <w:rsid w:val="00E44A91"/>
+    <w:rsid w:val="00E44E05"/>
+    <w:rsid w:val="00E53DD0"/>
+    <w:rsid w:val="00E54CB2"/>
+    <w:rsid w:val="00E74E7A"/>
     <w:rsid w:val="00E77DB0"/>
+    <w:rsid w:val="00E815E7"/>
     <w:rsid w:val="00E81B4D"/>
+    <w:rsid w:val="00E878D8"/>
     <w:rsid w:val="00E94881"/>
+    <w:rsid w:val="00E95EF5"/>
+    <w:rsid w:val="00EA2D2D"/>
+    <w:rsid w:val="00EA5C63"/>
+    <w:rsid w:val="00EB78D2"/>
+    <w:rsid w:val="00EC1AF0"/>
     <w:rsid w:val="00ED3870"/>
     <w:rsid w:val="00ED4BB4"/>
     <w:rsid w:val="00EF4B68"/>
+    <w:rsid w:val="00EF7899"/>
+    <w:rsid w:val="00F15B6A"/>
     <w:rsid w:val="00F27BAD"/>
+    <w:rsid w:val="00F30E83"/>
+    <w:rsid w:val="00F40EC7"/>
     <w:rsid w:val="00F7379D"/>
+    <w:rsid w:val="00F837D1"/>
     <w:rsid w:val="00F849A8"/>
+    <w:rsid w:val="00F8633A"/>
     <w:rsid w:val="00F86978"/>
     <w:rsid w:val="00FB4405"/>
+    <w:rsid w:val="00FC48A1"/>
     <w:rsid w:val="00FC6649"/>
+    <w:rsid w:val="00FC6D8B"/>
+    <w:rsid w:val="00FD43CD"/>
+    <w:rsid w:val="00FE61AE"/>
+    <w:rsid w:val="00FF39B3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="3B2DD06E"/>
@@ -6269,50 +11606,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="004D1698"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="006C0AED"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
@@ -6796,807 +12134,489 @@
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001744AE"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001744AE"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="001744AE"/>
   </w:style>
+  <w:style w:type="table" w:styleId="TableGridLight">
+    <w:name w:val="Grid Table Light"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="40"/>
+    <w:rsid w:val="005873A0"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="PlainTable1">
+    <w:name w:val="Plain Table 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="41"/>
+    <w:rsid w:val="005873A0"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="GridTable4-Accent5">
+    <w:name w:val="Grid Table 4 Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="49"/>
+    <w:rsid w:val="005873A0"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="9CC2E5" w:themeColor="accent5" w:themeTint="99"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="9CC2E5" w:themeColor="accent5" w:themeTint="99"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="9CC2E5" w:themeColor="accent5" w:themeTint="99"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="9CC2E5" w:themeColor="accent5" w:themeTint="99"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="9CC2E5" w:themeColor="accent5" w:themeTint="99"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="9CC2E5" w:themeColor="accent5" w:themeTint="99"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="5B9BD5" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="4" w:space="0" w:color="5B9BD5" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00CA329D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Visas@Summer.Harvard.Edu" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/167093/StopSign-nofont" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="0C3CD6F524AC4649A81AF2366C5F16C2"/>
+        <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{8D49E8FE-B36D-4E73-9026-27B14BB71ED7}"/>
+        <w:guid w:val="{5F9F81D5-2F9D-4F34-B040-D6355922FF9E}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00A31F25" w:rsidRDefault="00903100" w:rsidP="00903100">
-[...3 lines deleted...]
-          <w:r w:rsidRPr="00745B2A">
+        <w:p w:rsidR="005B0AD6" w:rsidRDefault="005B0AD6">
+          <w:r w:rsidRPr="00DF4E4F">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
-[...1 lines deleted...]
-              <w:szCs w:val="28"/>
             </w:rPr>
-            <w:t xml:space="preserve">Click or tap here to enter </w:t>
-[...17 lines deleted...]
-            <w:t>.</w:t>
+            <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="F7DD4D33DFD04E46A587EC147EFF3D2C"/>
+        <w:name w:val="55E7900416D04F1F82470B5F52C7F343"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{D3B06CCE-26BD-4154-AE82-9EDE2760189C}"/>
+        <w:guid w:val="{2B6D1721-D161-4A87-932B-CF95E482CBFD}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00A31F25" w:rsidRDefault="00903100" w:rsidP="00903100">
+        <w:p w:rsidR="00270122" w:rsidRDefault="00945591" w:rsidP="00945591">
           <w:pPr>
-            <w:pStyle w:val="F7DD4D33DFD04E46A587EC147EFF3D2C"/>
+            <w:pStyle w:val="55E7900416D04F1F82470B5F52C7F343"/>
           </w:pPr>
-          <w:r w:rsidRPr="00745B2A">
+          <w:r w:rsidRPr="00DF4E4F">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
-[...1 lines deleted...]
-              <w:szCs w:val="28"/>
             </w:rPr>
-            <w:t xml:space="preserve">Click or tap here to enter </w:t>
-[...17 lines deleted...]
-            <w:t>.</w:t>
+            <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="C3C9C40E4B554AFFA555740EE521C06F"/>
+        <w:name w:val="3AAF65BED1414545BA438636227A19B9"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{C1DBCA1D-D228-4F52-B563-58A6109DD13B}"/>
+        <w:guid w:val="{D342214E-44A7-430F-8E0A-BB15052ABA8B}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00A31F25" w:rsidRDefault="00903100" w:rsidP="00903100">
+        <w:p w:rsidR="00AE119B" w:rsidRDefault="00796A55" w:rsidP="00796A55">
           <w:pPr>
-            <w:pStyle w:val="C3C9C40E4B554AFFA555740EE521C06F"/>
+            <w:pStyle w:val="3AAF65BED1414545BA438636227A19B9"/>
           </w:pPr>
-          <w:r w:rsidRPr="00745B2A">
+          <w:r w:rsidRPr="00DF4E4F">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
-              <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
-[...1 lines deleted...]
-              <w:szCs w:val="28"/>
             </w:rPr>
-            <w:t xml:space="preserve">Click or tap here to enter </w:t>
-[...442 lines deleted...]
-            <w:t>Click or tap here to enter student’s full name.</w:t>
+            <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-    <w:panose1 w:val="02020603050405020304"/>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
-  </w:font>
-[...4 lines deleted...]
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00554C09"/>
-[...55 lines deleted...]
-    <w:rsid w:val="00FA718A"/>
+    <w:rsidRoot w:val="005B0AD6"/>
+    <w:rsid w:val="00084223"/>
+    <w:rsid w:val="000A4DF2"/>
+    <w:rsid w:val="000A75F5"/>
+    <w:rsid w:val="001C5350"/>
+    <w:rsid w:val="00217BD3"/>
+    <w:rsid w:val="00270122"/>
+    <w:rsid w:val="002A07B8"/>
+    <w:rsid w:val="002F6215"/>
+    <w:rsid w:val="00307092"/>
+    <w:rsid w:val="003D0BB6"/>
+    <w:rsid w:val="004954CB"/>
+    <w:rsid w:val="005341C7"/>
+    <w:rsid w:val="00591000"/>
+    <w:rsid w:val="005B0AD6"/>
+    <w:rsid w:val="007035BD"/>
+    <w:rsid w:val="00796A55"/>
+    <w:rsid w:val="008048E0"/>
+    <w:rsid w:val="00816337"/>
+    <w:rsid w:val="00837B9B"/>
+    <w:rsid w:val="009301ED"/>
+    <w:rsid w:val="00945591"/>
+    <w:rsid w:val="009550AE"/>
+    <w:rsid w:val="0095603F"/>
+    <w:rsid w:val="00AE119B"/>
+    <w:rsid w:val="00AE6DED"/>
+    <w:rsid w:val="00CA292A"/>
+    <w:rsid w:val="00CE720B"/>
+    <w:rsid w:val="00E556AB"/>
+    <w:rsid w:val="00F30E83"/>
+    <w:rsid w:val="00F842EC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
-        <w:sz w:val="22"/>
-        <w:szCs w:val="22"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -7970,288 +12990,62 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00903100"/>
+    <w:rsid w:val="00796A55"/>
     <w:rPr>
       <w:color w:val="auto"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0C3CD6F524AC4649A81AF2366C5F16C21">
-[...6 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="55E7900416D04F1F82470B5F52C7F343">
+    <w:name w:val="55E7900416D04F1F82470B5F52C7F343"/>
+    <w:rsid w:val="00945591"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F7DD4D33DFD04E46A587EC147EFF3D2C1">
-[...222 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3AAF65BED1414545BA438636227A19B9">
+    <w:name w:val="3AAF65BED1414545BA438636227A19B9"/>
+    <w:rsid w:val="00796A55"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
@@ -8534,70 +13328,71 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A21A5101-07E9-47EB-B9AE-3EE71B47CADC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>6231</Characters>
+  <Pages>11</Pages>
+  <Words>1724</Words>
+  <Characters>9585</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>51</Lines>
-  <Paragraphs>14</Paragraphs>
+  <Lines>335</Lines>
+  <Paragraphs>143</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>I-20 Certification of Finances Form</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7309</CharactersWithSpaces>
+  <CharactersWithSpaces>11867</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>I-20 Certification of Finances Form</dc:title>
   <dc:subject/>
   <dc:creator>Hoegen Dijkhof, Lauren</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>